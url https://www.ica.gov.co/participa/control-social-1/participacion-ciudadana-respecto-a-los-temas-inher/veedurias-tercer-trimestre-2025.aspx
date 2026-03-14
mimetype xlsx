--- v0 (2025-11-02)
+++ v1 (2026-03-14)
@@ -1,545 +1,899 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\BACKUP 2023\GRUPO DE ATENCIÓN AL CIUDADANO 2021\INFORMES GRUPO ATENCIÓN AL CIUDADANO 2025\REPORTE TERCER TRIMESTRE PQRSD 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\maria.martinez\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{17668A49-9329-4A71-AF4B-3484C0CC9F16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6848B14-7288-4F45-809B-227082AB2CA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{F150516B-E9E0-4381-904F-5EE9842AF31D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
+    <sheet name="julio, agosto y septiembre" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="32">
-[...40 lines deleted...]
-    <t>20251032837</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="27">
+  <si>
+    <t xml:space="preserve">Remitente </t>
+  </si>
+  <si>
+    <t>Subgerencias</t>
+  </si>
+  <si>
+    <t>Asunto</t>
+  </si>
+  <si>
+    <t>Fecha de respuesta al ciudadano</t>
+  </si>
+  <si>
+    <t>Día de respuesta (términos legales)</t>
+  </si>
+  <si>
+    <t>Tipo de solicitud</t>
+  </si>
+  <si>
+    <t>Fecha de radicado en el  ICA</t>
+  </si>
+  <si>
+    <t>No. de radicado</t>
+  </si>
+  <si>
+    <t>Medio y resumen  de la respuesta</t>
+  </si>
+  <si>
+    <t>Porcentaje de cumplimiento en la respuesta emitida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INSTITUTO COLOMBIANO AGROPECUARIO ICA
+SUBGERENCIA ADMINISTRAITIVA Y FINANCIERA
+GRUPO ATENCION AL CIUDADANO
+PETICIONES DE VEEDURIAS Y CONTROL SOCIAL 
+JULIO-AGOSTO-SEPTIEMBRE 2025
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SINAD
+20251030884
+</t>
+  </si>
+  <si>
+    <t>SINAD
+20251032837</t>
+  </si>
+  <si>
+    <t>SINAD
+20251035039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subgerencia de Análisis y Diagnóstico </t>
+  </si>
+  <si>
+    <t>En ejercicio del derecho fundamental de petición consagrado en el artículo 23 de la Constitución Política y en la Ley 1755 de 2015, y amparado en la Ley 1757 de 2015 sobre participación y control social, me permito poner en su conocimiento una situación que podría comprometer los principios de transparencia, planeación y responsabilidad de la contratación pública, en relación con el contrato ICA-3328-2025, visible en la plataforma SECOP. 1. Control oficial al supervisor del contrato, coordinadora del grupo LDF&amp;MR revisando si en el ejercicio de su rol se han presentado actuaciones contrarias a la normatividad, y tomando medidas administrativas o
+disciplinarias si hay lugar a ello (Ley 734 de 2002).
+2. Seguimiento formal al contrato ICA-3328-2025, verificando coherencia entre el objeto contractual y la ejecución real, así como los propósitos y fines específicos por los que se tramitó.
+3. Determinación de posibles irregularidades o dolo en la formulación o aprobación del contrato, y activación de los mecanismos sancionatorios correspondientes.
+4. Adopción de correctivos institucionales para prevenir que se redacten contratos con objetos incongruentes con la ejecución real.
+5. Garantía expresa de que el contratista no sufrirá represalias, retrasos en pagos ni afectaciones contractuales o reputacionales, al no ser responsable de la formulación ni del proceso de planeación contractual.
+Esta solicitud se formula en el marco del control social ciudadano, buscando fortalecer la transparencia, la planeación adecuada y la trazabilidad contractual del ICA, así como salvaguardar el buen uso de los recursos
+públicos.</t>
+  </si>
+  <si>
+    <t>Solicitud general
+(15 dias )</t>
+  </si>
+  <si>
+    <t>VEEDOR 
+CIUDADAN@ ANONIM@</t>
+  </si>
+  <si>
+    <t>ENMANUEL URREA BAUTISTA en la calidad de PRESIDENTE y REPRESENTANTE LEGAL de la VEEDURÍA NACIONAL DEL MÉRITO Y DE LA CARRERA ADMINISTRATIVA identificada con NIT 901980159-4
+veedurianacionaldelmerito@gmail.com</t>
   </si>
   <si>
     <t>Subgerencia Administrativa y Financiera</t>
   </si>
   <si>
-    <t>Grupo de Gestión del Talento Humano</t>
-[...47 lines deleted...]
-    <t xml:space="preserve"> FORMA 4-019: REGISTRO, SEGUIMIENTO Y CONTROL DE PQRSD                                             VEEDURIAS TERCER TRIMESTRE (1 de julio al 30 de septiembre de 2025)</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Respuesta publicada en la página web SINAD </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">20251030884
+https://www.ica.gov.co/getattachment/b5e8c334-f43b-4d58-a059-6fe7650c46d8/20251030884-analisis-y-Diagnostico.aspx
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Resumen de la respuesta:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Hemos recibido su comunicación anónima, “Solicitud de revisión, seguimiento y adopción de medidas institucionales frente al contrato ICA-XXX-2025 por presunto desvío de objeto
+contractual XXXX. Queremos informarle que, en cumplimiento de lo establecido en la Ley 1755 de 2015, que regula el Derecho Fundamental de Petición, y la jurisprudencia de la Corte Constitucional (Sentencia C-
+951 de 2014), las quejas anónimas son admitidas a trámite y resolución de fondo, siempre y cuando exista una justificación seria y creíble para mantener la reserva de la identidad del peticionario y la información sea lo suficientemente seria y creíble para dar lugar a una actuación.
+Es importante señalar que, al tratarse de una queja anónima, no podremos brindarle una respuesta directa sobre el avance del mismo. Sin embargo, tenga la certeza de que el ICA se compromete a actuar con la debida diligencia y rigurosidad, garantizando la preservación de la
+información suministrada y el debido proceso.
+En este sentido, y para dar respuesta a su solicitud, me permito manifestarle que el contrato ICAXXXX-2025, cuyo objeto es la "Prestación de servicios de apoyo XXXXXX", se ha ejecutado en estricto apego a las obligaciones y términos establecidos en el mismo.
+Las actividades desarrolladas por el contratista han sido exclusivamente las estipuladas en la minuta contractual y han contribuido al cumplimiento de la misionalidad de nuestra Entidad.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">FIRMA: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Jorge Evelio Angel Diaz
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Dirección Técnica de Análisis y Diagnóstico Agrícola</t>
+    </r>
+  </si>
+  <si>
+    <t>JOSE FERNANDO ULLOA RODRIGUEZ mayor de edad, vecino y residente del municipio de San
+Vicente(S), identificado con cédula de ciudadanía número XXX de san Vicente (S), en
+calidad de Líder Social y Veedor Ciudadano, en virtud en el artículo 23 de la Constitución
+Nacional julloa@unab.edu.co</t>
+  </si>
+  <si>
+    <t>Me permito solicitar de manera respetuosa los siguientes documentos:
+1. Copia del contrato mantenimiento vehicular vigencia 2024 y 2025.
+2. Copias de las facturas de mantenimientos y/o arreglos a los vehículos de la entidad :
+❖ Oil 724 Toyota hilux
+❖ Obv 149 Montero Mitsubishi
+❖ Ojx 840 Renault duster
+❖ Ock 178 Renault koleos</t>
+  </si>
+  <si>
+    <t>En el uso de las facultades conferidas para las VEEDURÍAS CIUDADANAS mediante la CONSTITUCION POLITICA DE COLOMBIA – ARTICULO 103 / CONSTITUCION POLITICA – ARTICULO 270 / LEY 134 DE 1994 / LEY 850 DE 2003 – ARTICULO 19 / LEY 1759 DE 2015 / LEY 472 DE 1998 / LEY 393 DE 1997 / DECRETO 2591 DE 1991 y de acuerdo con la DENUNCIA COLECTIVA PRESENTADA ante la VEEDURÍA NACIONAL DEL MÉRITO Y DE LA CARRERA ADMINISTRATIVA del 15 de agosto de 2025 por parte de CUARENTA Y CUATRO (44) ciudadanos referidos en el numeral 1.2 e INGENIEROS AGRÓNOMOS PARTICIPANTES del proceso de selección Entidades del Orden Nacional Nro. 2517 de 2023 – Nación 6 – Suscrito entre la COMISIÓN NACIONAL DEL SERVICIO CIVIL y el INSTITUTO COLOMBIANO AGROPECUARIO ICA y en el marco de los principios constitucionales que rigen la Moralidad Administrativa, meritocracia, la igualdad, la carrera administrativa, el debido proceso administrativo, acceso y ascenso transparente al empleo de carrera a través del concurso público de méritos; me permito solicitar muy respetuosamente al INSTITUTO COLOMBIANO AGROPECUARIO ICA:
+3.1. Informar de las gestiones interinstitucionales adelantadas ante la COMISIÓN NACIONAL DEL SERVICIO CIVIL y con efectos de que fuera suspendido el “Proceso de Selección Entidades del Orden Nacional No. 2517 de 2023 – Nación 6” del “INSTITUTO COLOMBIANO AGROPECUARIO ICA” y conforme fue expuesto a conocimiento de la opinión pública el 25 de septiembre de 2024 y donde de manera particular la Dra. Paula Andrea Cepeda Rodríguez, en calidad de representante legal de la entidad solicito la suspensión del Proceso de Selección Entidades del Orden Nacional N. 2517 de 2023 – Nación 6 Afirmando, que, Esta decisión responde a la detección de irregularidades que comprometen los derechos fundamentales de los aspirantes,</t>
+  </si>
+  <si>
+    <t>Petición de documentos
+(10 dias )</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Respuesta entregada mediante oficio SINAD </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">20252034816
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resumen de la respuesta:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">En mérito de lo expuesto, se accede de manera favorable a lo solicitado y dispone la entrega de:
+- Copia del contrato de mantenimiento vehicular vigente para las anualidades 2024 y 2025.
+- Copias de las facturas de mantenimiento y/o reparaciones
+correspondientes a los vehículos de placas OIL 724 Toyota Hilux, OJX 840 Renault Duster y OCK 178 Renault Koleos.
+La entrega de la documentación se efectuará en copia simple mediante
+dos archivos anexos en formato PDF denominados: anexo 1 contratos
+unificados y anexo 2 facturas unificadas, esto sin perjuicio de que el
+solicitante pueda requerir copias de manera física.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">FIRMA: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Sebastian Sulez Gomez </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Grupo de Gestión de Servicios Generales (E)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Respuesta enviada a correo electróncio, alcance con oficio  SINAD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 20252034816
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resumen de la respuesta: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Hemos recibido su solicitud de información, y en atención a lo dispuesto en el marco normativo
+vigente, procedemos a brindar una respuesta clara, de fondo y completa, de acuerdo con lo que sigue, a saber:
+1. En lo que respecta a su solicitud consistente en que se informen: “…las gestiones interinstitucionales adelantadas ante la COMISIÓN NACIONAL DEL SERVICIO CIVIL y con efectos de que fuera suspendido el “Proceso de Selección Entidades del Orden Nacional No. 2517 de 2023 – Nación 6” del “INSTITUTO COLOMBIANO AGROPECUARIO ICA” y conforme fue expuesto a conocimiento de la opinión pública el 25 de septiembre de 2024 y donde de manera particular la Dra. Paula Andrea Cepeda Rodríguez, en calidad de
+representante legal de la entidad solicito la suspensión del Proceso de Selección Entidades del Orden Nacional N. 2517 de 2023 – Nación 6 Afirmando, que, Esta decisión responde a la detección de irregularidades que comprometen los derechos fundamentales de los aspirantes…”, nos permitimos indicar al extremo peticionario que el Instituto Colombiano
+Agropecuario – ICA no ha adelantado gestión alguna ante la Comisión Nacional del Servicio Civil tendiente a que el Proceso de Selección Entidades del Orden Nacional No. 2517 de 2023 – Nación 6 sea objeto de suspensión. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FIRMA:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> DANNY FABIÁN GUIO MUÑOZ 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Coordinador del Grupo de Gestión del Talento Humano </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="16"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="-0.249977111117893"/>
-[...11 lines deleted...]
-        <fgColor theme="0"/>
+        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...5 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...14 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>152400</xdr:colOff>
+      <xdr:colOff>174238</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:rowOff>201202</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>428625</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>265544</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>335500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF6F6A38-9ECF-401A-A0B3-622C58BDABA6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6340E08-B83C-4BA7-996E-71999C32E1EF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...3 lines deleted...]
-        </a:stretch>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect t="23810" b="19048"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="152400" y="85725"/>
-          <a:ext cx="1352550" cy="342900"/>
+          <a:off x="174238" y="201202"/>
+          <a:ext cx="2391704" cy="943923"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -557,65 +911,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -636,473 +990,362 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8952273A-2E31-4F73-95CA-A6911A440E9B}">
-  <dimension ref="A1:AI5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4CF91B7-0C6D-429B-B013-88B8FF96D258}">
+  <dimension ref="A1:R7"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AI2"/>
+    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6:D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="13.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="20" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="19.42578125" style="1" customWidth="1"/>
+    <col min="3" max="9" width="11.42578125" style="1"/>
+    <col min="10" max="10" width="11.28515625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" style="1"/>
+    <col min="12" max="12" width="53.42578125" style="1" customWidth="1"/>
+    <col min="13" max="14" width="11.42578125" style="1"/>
+    <col min="15" max="15" width="25.85546875" style="1" customWidth="1"/>
+    <col min="16" max="16" width="40.5703125" style="1" customWidth="1"/>
+    <col min="17" max="17" width="15.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="20.85546875" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-      <c r="AI1" s="1"/>
+    <row r="1" spans="1:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
+      <c r="M1" s="24"/>
+      <c r="N1" s="24"/>
+      <c r="O1" s="24"/>
+      <c r="P1" s="24"/>
+      <c r="Q1" s="24"/>
+      <c r="R1" s="25"/>
     </row>
-    <row r="2" spans="1:35" ht="24" customHeight="1" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="AI2" s="6"/>
+    <row r="2" spans="1:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="26"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
+      <c r="K2" s="27"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="27"/>
+      <c r="N2" s="27"/>
+      <c r="O2" s="27"/>
+      <c r="P2" s="27"/>
+      <c r="Q2" s="27"/>
+      <c r="R2" s="28"/>
     </row>
-    <row r="3" spans="1:35" s="16" customFormat="1" ht="144" x14ac:dyDescent="0.25">
-      <c r="A3" s="11" t="s">
+    <row r="3" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="26"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="27"/>
+      <c r="D3" s="27"/>
+      <c r="E3" s="27"/>
+      <c r="F3" s="27"/>
+      <c r="G3" s="27"/>
+      <c r="H3" s="27"/>
+      <c r="I3" s="27"/>
+      <c r="J3" s="27"/>
+      <c r="K3" s="27"/>
+      <c r="L3" s="27"/>
+      <c r="M3" s="27"/>
+      <c r="N3" s="27"/>
+      <c r="O3" s="27"/>
+      <c r="P3" s="27"/>
+      <c r="Q3" s="27"/>
+      <c r="R3" s="28"/>
+    </row>
+    <row r="4" spans="1:18" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="29" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="D4" s="30"/>
+      <c r="E4" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="F4" s="30"/>
+      <c r="G4" s="30" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="11" t="s">
+      <c r="L4" s="30"/>
+      <c r="M4" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="30"/>
+      <c r="O4" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="P4" s="30"/>
+      <c r="Q4" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="18" t="s">
-[...8 lines deleted...]
-      <c r="H3" s="12">
+      <c r="R4" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="359.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="E5" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="16"/>
+      <c r="G5" s="15">
         <v>45882</v>
       </c>
-      <c r="I3" s="19" t="s">
-[...26 lines deleted...]
-      <c r="T3" s="12">
+      <c r="H5" s="15"/>
+      <c r="I5" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="J5" s="22"/>
+      <c r="K5" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="L5" s="18"/>
+      <c r="M5" s="15">
+        <v>45915</v>
+      </c>
+      <c r="N5" s="16"/>
+      <c r="O5" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" s="17"/>
+      <c r="Q5" s="8">
         <v>45894</v>
       </c>
-      <c r="U3" s="11" t="s">
-[...6 lines deleted...]
-      <c r="X3" s="11" t="s">
+      <c r="R5" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="372.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4"/>
+      <c r="B6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="22"/>
+      <c r="E6" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="16"/>
+      <c r="G6" s="15">
+        <v>45895</v>
+      </c>
+      <c r="H6" s="15"/>
+      <c r="I6" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="Y3" s="15">
-[...23 lines deleted...]
-      <c r="AI3" s="11"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" s="18"/>
+      <c r="M6" s="15">
+        <v>45916</v>
+      </c>
+      <c r="N6" s="16"/>
+      <c r="O6" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="P6" s="18"/>
+      <c r="Q6" s="8">
+        <v>45966</v>
+      </c>
+      <c r="R6" s="11">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:35" s="16" customFormat="1" ht="192" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="11" t="s">
+    <row r="7" spans="1:18" ht="251.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5"/>
+      <c r="B7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="19"/>
+      <c r="E7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" s="20"/>
+      <c r="G7" s="21">
+        <v>45908</v>
+      </c>
+      <c r="H7" s="21"/>
+      <c r="I7" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="11" t="s">
-[...86 lines deleted...]
-      <c r="A5" s="11" t="s">
+      <c r="J7" s="19"/>
+      <c r="K7" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="11" t="s">
-[...20 lines deleted...]
-      <c r="I5" s="19" t="s">
+      <c r="L7" s="14"/>
+      <c r="M7" s="21">
+        <v>45929</v>
+      </c>
+      <c r="N7" s="21"/>
+      <c r="O7" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="J5" s="19" t="s">
-[...23 lines deleted...]
-      <c r="T5" s="12">
+      <c r="P7" s="14"/>
+      <c r="Q7" s="7">
         <v>45924</v>
       </c>
-      <c r="U5" s="11" t="s">
-[...33 lines deleted...]
-      <c r="AI5" s="11"/>
+      <c r="R7" s="10">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="A2:AI2"/>
+  <mergeCells count="30">
+    <mergeCell ref="A1:R3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="I7:J7"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="I6:J6"/>
+    <mergeCell ref="K7:L7"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="O7:P7"/>
+    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="M7:N7"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="K5:L5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="K6:L6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hoja1</vt:lpstr>
+      <vt:lpstr>julio, agosto y septiembre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Viviana Moreno</dc:creator>
+  <dc:creator>Laura Katherine Rodriguez Bautista</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>