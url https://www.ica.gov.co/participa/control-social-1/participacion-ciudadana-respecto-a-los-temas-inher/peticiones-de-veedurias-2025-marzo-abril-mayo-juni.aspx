--- v0 (2025-11-02)
+++ v1 (2026-03-14)
@@ -1,288 +1,406 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\maria.martinez\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14487DE0-7BF0-4C06-B665-BBBD69C6A0E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99F29565-F067-48FE-B516-2DBB9B46DADF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="MARZO, ABRIL, MAYO Y JUNIO" sheetId="1" r:id="rId1"/>
+    <sheet name="abril, mayo y junio" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t xml:space="preserve">Remitente </t>
   </si>
   <si>
     <t>Subgerencias</t>
   </si>
   <si>
     <t>Asunto</t>
   </si>
   <si>
     <t>Fecha de respuesta al ciudadano</t>
   </si>
   <si>
     <t>Día de respuesta (términos legales)</t>
   </si>
   <si>
     <t>Tipo de solicitud</t>
   </si>
   <si>
     <t>Fecha de radicado en el  ICA</t>
   </si>
   <si>
     <t>No. de radicado</t>
   </si>
   <si>
     <t>Medio y resumen  de la respuesta</t>
   </si>
   <si>
     <t>Porcentaje de cumplimiento en la respuesta emitida</t>
-  </si>
-[...5 lines deleted...]
-    <t>Veedor Ciudadano</t>
   </si>
   <si>
     <t>Petición de información 
 (10 dias )</t>
   </si>
   <si>
-    <t xml:space="preserve">Subgerencia Protección Animal </t>
-[...39 lines deleted...]
-  <si>
     <t>Gerencia Seccional Cundinamarca</t>
-  </si>
-[...59 lines deleted...]
-(30 dias )</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUTO COLOMBIANO AGROPECUARIO ICA
 SUBGERENCIA ADMINISTRAITIVA Y FINANCIERA
 GRUPO ATENCION AL CIUDADANO
-PETICIONES DE VEEDURIAS Y CONTROL SOCIAL 2025
-MARZO, ABRIL, MAYO Y JUNIO
+PETICIONES DE VEEDURIAS Y CONTROL SOCIAL 
+MARZO-ABRIL-MAYO-JUNIO 2025
 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SINAD
+15251010072
+</t>
+  </si>
+  <si>
+    <t>SINAD
+20251014387</t>
+  </si>
+  <si>
+    <t>BENJAMIN SILVERA SANCHEZ, mayor, con domicilio en este municipio,
+identificado con la CC. 3.718.XXX, actuando en mi calidad de veedor ciudadano en salud, conforme a la resolución # 011-2024, de la cual soy vicepresidente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Con mi acostumbrado respeto llego a esos despachos departamental y municipal oficiales, para consultar lo siguiente:
+1. Sírvase informar a este veedor ciudadano ¿cuántas porquerizas legalmente conformadas existen en Baranoa?
+2. Sírvase informar qué controles ejercen esas entidades estatales para que estas porquerizas se ajusten a la normatividad de ley y si esas entidades entregan permisos a los interesados para construir esas porquerizas.
+3. Sírvase certificar y entregar pruebas de las actas de visitas que esas entidades estatales de salud realizan a cada una de las porquerizas autorizadas.
+4.Sírvase informar a esta veeduría, si ustedes tienen conocimientos de que a lo largo de los arroyos Primero de Enero "Ciruelar"; Pital "arroyo de Megua" donde tributan el arroyo "Simón" "Meguita" y otros, existen construcciones de las cuales se están descargando las heces de los animales a esos arroyos lo que conlleva a una grave situación de salud para los que habitamos en las laderas de éste.
+5. Qué controles ejercen ustedes para los residentes en las laderas de los arroyos citados para impedir que sigan arrojando las heces y basuras a esos cuerpos de agua, y la quema indiscriminada de basuras.
+6. Informarme qué proyecto tiene la Gobernación del Departamento del Atlántico y la Alcaldía de Baranoa para la canalización de esos cuerpos de agua que se constituyen en los mayores medios de contaminantes y golpeantes de la salud del pueblo de Baranoa.
+</t>
+  </si>
+  <si>
+    <t>Gerencia Seccional Atlántico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ofelia Chávez Lara
+veeduriabienestaranimal@gmail.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yo, OFELIA CHAVEZ LARA identificada como aparece debajo de mi firma en mi calidad de ciudadana en ejercicio del derecho fundamental de petición, presento a ustedes el presente escrito basada en los siguientes hechos: 
+1). Solicitamos se adelante un operativo interinstitucional con la IPYBAC, Alcaldía de Sibaté, la Personería de Sibaté, Policía de Carabineros, Grupo Gelma de la Fiscalía paradeterminar el estado de cada animal y se exija al propietario brindar condiciones dignas y el cumplimiento de las condiciones mínimas de tenencia, para que el tenedor asegure como mínimo la restitución inmediata de los derechos al buen trato y condiciones dignas.
+2). Imponer las sanciones y comparendos a que haya a lugar y el cierre definitivo del sitio con la prohibición expresa de tenencia de animales en el futuro al tenedor.
+4). Si amerita el caso se adelante la aprehensión material preventiva con la retención preventiva de los animales y entregarlos a hogares de paso.
+5). De forma atenta solicitamos que se exija el cumplimiento de todas las leyes que amparan la protección animal y de igual forma mantenernos informados sobre los avances de mencionada denuncia
+ </t>
+  </si>
+  <si>
+    <t>Denuncia 
+(15 dias )</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Respuesta entregada mediante oficio SINAD </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">25252011416
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resumen de la respuesta:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Cordial saludo, En atención a su queja radicada SINAD 20251014387 debo informar que un médico veterinario y su equipo técnico realizaron visita de Inspección al predio
+reportado evidenciando la presencia de 35 equinos (9 potrillos, 2 potras mayores a un año y 24 ejemplares adultos) los cuáles, según respuesta de Quien atendió a los funcionarios del ICA, permanecen allí, confinados, mientras se realizan actividades culturales propias del cuidado equino, como lo son herraje y descallado, peinado y arreglo de crines, limado de espículas, vacunación, desparasitación, etc. El resto del tiempo los animales salen a potreros aledaños
+donde permanecen toda la noche y las horas del día que no se emplean en los mencionados los procedimientos. Durante el periodo de confinamiento, les es suministrada dieta de residuos de cosecha, ameros y Fruver frescos y en buen estado de conservación, colectados en costales y lonas que se disponen para cada animal o grupo de</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> ellos.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">FIRMA: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Carlos Augusto Rios Martinez</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Gerente </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Seccional Cundinamarca</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Respuesta entregada mediante oficio SINAD </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">115252008707 y 15252006127
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resumen de la respuesta: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>En atención al documento de Rad. 20250930100521 remitido por competencia para emitir respuesta a la petición del señor BENJAMIN SILVERA SANCHEZ -Vicepresidente Veeduría Ciudadana, me permito indicar que mediante Rad.15252006127 de fecha 24/04/2025, se procedió a emitir respuesta al señor  Benjamín, respecto de los puntos 1, 2 y 3, no obstante, esta entidad no puede pronunciarse sobre los puntos 4, 5 y 6 en razón a que no son competencia del ICA, es de anotar que la misionalidad corresponde a la prevención, control y erradicación de las enfermedades que puedan afectar las especies animales o aquellas de interés económico nacional, razón por la cual lo que tiene que ver con
+contaminación ambiental de cuerpos de agua y demás asuntos relacionados
+corresponden a las autoridades ambientales.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FIRMA: Juan Diego Rodriguez Moyano</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gerente Seccional Atlántico</t>
+    </r>
+  </si>
+  <si>
+    <t>24/04/2025
+12/05/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-      <name val="Calibri"/>
+      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -291,293 +409,424 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>174238</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>201202</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>232317</xdr:colOff>
+      <xdr:colOff>265544</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>335500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Imagen 2">
+        <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{043DB2C1-94DB-4250-81CA-7ED523D1DB34}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6340E08-B83C-4BA7-996E-71999C32E1EF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="23810" b="19048"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="174238" y="201202"/>
-          <a:ext cx="2396807" cy="942222"/>
+          <a:ext cx="2391704" cy="943923"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -811,355 +1060,300 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:R9"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4CF91B7-0C6D-429B-B013-88B8FF96D258}">
+  <dimension ref="A1:R6"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
-      <selection activeCell="M5" sqref="M5:N5"/>
+    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="Q5" sqref="Q5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="8" customWidth="1"/>
-    <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="19.42578125" style="1" customWidth="1"/>
     <col min="3" max="9" width="11.42578125" style="1"/>
     <col min="10" max="10" width="11.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1"/>
     <col min="12" max="12" width="53.42578125" style="1" customWidth="1"/>
     <col min="13" max="14" width="11.42578125" style="1"/>
     <col min="15" max="15" width="25.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="40.5703125" style="1" customWidth="1"/>
     <col min="17" max="17" width="15.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="20.85546875" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="27" t="s">
-[...18 lines deleted...]
-      <c r="R1" s="27"/>
+      <c r="A1" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="J1" s="14"/>
+      <c r="K1" s="14"/>
+      <c r="L1" s="14"/>
+      <c r="M1" s="14"/>
+      <c r="N1" s="14"/>
+      <c r="O1" s="14"/>
+      <c r="P1" s="14"/>
+      <c r="Q1" s="14"/>
+      <c r="R1" s="15"/>
     </row>
     <row r="2" spans="1:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="27"/>
-[...16 lines deleted...]
-      <c r="R2" s="27"/>
+      <c r="A2" s="16"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
+      <c r="Q2" s="17"/>
+      <c r="R2" s="18"/>
     </row>
     <row r="3" spans="1:18" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
-[...16 lines deleted...]
-      <c r="R3" s="28"/>
+      <c r="A3" s="19"/>
+      <c r="B3" s="20"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20"/>
+      <c r="K3" s="20"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
+      <c r="O3" s="20"/>
+      <c r="P3" s="20"/>
+      <c r="Q3" s="20"/>
+      <c r="R3" s="21"/>
     </row>
     <row r="4" spans="1:18" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="29" t="s">
+      <c r="A4" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="26"/>
-      <c r="C4" s="26" t="s">
+      <c r="B4" s="23"/>
+      <c r="C4" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="26"/>
-      <c r="E4" s="26" t="s">
+      <c r="D4" s="23"/>
+      <c r="E4" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="F4" s="26"/>
-      <c r="G4" s="26" t="s">
+      <c r="F4" s="23"/>
+      <c r="G4" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="26"/>
-      <c r="I4" s="26" t="s">
+      <c r="H4" s="23"/>
+      <c r="I4" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="26"/>
-      <c r="K4" s="26" t="s">
+      <c r="J4" s="23"/>
+      <c r="K4" s="23" t="s">
         <v>2</v>
       </c>
-      <c r="L4" s="26"/>
-      <c r="M4" s="26" t="s">
+      <c r="L4" s="23"/>
+      <c r="M4" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="26"/>
-      <c r="O4" s="26" t="s">
+      <c r="N4" s="23"/>
+      <c r="O4" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="P4" s="26"/>
-      <c r="Q4" s="4" t="s">
+      <c r="P4" s="23"/>
+      <c r="Q4" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="R4" s="5" t="s">
+      <c r="R4" s="11" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="31">
+    <row r="5" spans="1:18" ht="321.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="6">
         <v>1</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="33"/>
+      <c r="E5" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="34"/>
+      <c r="G5" s="35">
+        <v>45757</v>
+      </c>
+      <c r="H5" s="35"/>
+      <c r="I5" s="36" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="37"/>
+      <c r="K5" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="L5" s="38"/>
+      <c r="M5" s="25">
+        <v>45775</v>
+      </c>
+      <c r="N5" s="26"/>
+      <c r="O5" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="P5" s="27"/>
+      <c r="Q5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="9" t="s">
+      <c r="R5" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="251.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7"/>
+      <c r="B6" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="29"/>
+      <c r="E6" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="10"/>
-[...12 lines deleted...]
-      <c r="K5" s="15" t="s">
+      <c r="F6" s="30"/>
+      <c r="G6" s="31">
+        <v>45783</v>
+      </c>
+      <c r="H6" s="31"/>
+      <c r="I6" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="29"/>
+      <c r="K6" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="24"/>
+      <c r="M6" s="31">
+        <v>45804</v>
+      </c>
+      <c r="N6" s="31"/>
+      <c r="O6" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="L5" s="15"/>
-[...11 lines deleted...]
-      <c r="R5" s="30">
+      <c r="P6" s="24"/>
+      <c r="Q6" s="9">
+        <v>45805</v>
+      </c>
+      <c r="R6" s="5">
         <v>1</v>
       </c>
-    </row>
-[...85 lines deleted...]
-      <c r="B9" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="30">
-    <mergeCell ref="O4:P4"/>
+  <mergeCells count="23">
+    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="K5:L5"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="I6:J6"/>
+    <mergeCell ref="K6:L6"/>
     <mergeCell ref="A1:R3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
-    <mergeCell ref="C6:D6"/>
-[...19 lines deleted...]
-    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O4:P4"/>
   </mergeCells>
-  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MARZO, ABRIL, MAYO Y JUNIO</vt:lpstr>
+      <vt:lpstr>abril, mayo y junio</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Katherine Rodriguez Bautista</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>