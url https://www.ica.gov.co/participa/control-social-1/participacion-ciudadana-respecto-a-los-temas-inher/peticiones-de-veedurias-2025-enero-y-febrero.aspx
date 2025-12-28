--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -7,126 +7,111 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\maria.martinez\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5F183FB-FF4B-41BC-AED4-7A07AFEBC85A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4246AA85-4699-4610-839E-7DC01CB85078}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENERO-FEBRERO" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="22">
   <si>
     <t xml:space="preserve">Remitente </t>
   </si>
   <si>
     <t>Subgerencias</t>
   </si>
   <si>
     <t>Asunto</t>
   </si>
   <si>
     <t>Fecha de respuesta al ciudadano</t>
   </si>
   <si>
     <t>Día de respuesta (términos legales)</t>
   </si>
   <si>
     <t>Tipo de solicitud</t>
   </si>
   <si>
     <t>Fecha de radicado en el  ICA</t>
   </si>
   <si>
     <t>No. de radicado</t>
   </si>
   <si>
     <t>Medio y resumen  de la respuesta</t>
   </si>
   <si>
     <t>Porcentaje de cumplimiento en la respuesta emitida</t>
   </si>
   <si>
     <t>Gerencia Seccional Antioquia</t>
   </si>
   <si>
     <t>Petición de información 
 (10 dias )</t>
   </si>
   <si>
     <t>Gerencia Seccional Cundinamarca</t>
   </si>
   <si>
-    <t>13251100287/SISAD</t>
-[...1 lines deleted...]
-  <si>
     <t>DERECHO DE PETICIÓN DE INFORMACIÓN VEEDURÍA CIUDADANA
 Solicitud de Información 1. Solicitamos por favor nos informe, si la Pesebrera LOS CAMBULOS, ubicada en la carrera 57 a con la calle 33-21 en el Barrió la gran avenida en el municipio de Bello, cuenta con los permisos e inspección por parte del ICA, de conformidad con lo establecido en la Resolución 000136 del 2020, emitida por el Ministerio de Agricultura y Desarrollo Rural? 2. Solicitamos por favor, se le de cumplimiento a lo establecido en el artículo 6 de la resolución 000136 del 2020, emitida por el Ministerio de Agricultura y Desarrollo Rural y realice la inspección y control a la Pesebrera LOS CAMBULOS, la cual funciona en la carrera 57 a con la calle 33-21, en el Barrió la gran avenida en el municipio de Bello. 3. Tenemos información de que en La Pesebrera LOS CAMBULOS, ubicada en la carrera 57 a con la calle 33-21, en municipio de Bello, maltratan los caballos y que no cumplen con las más minimas normas, para el adecuado manejo de los caballo - Libardo Robles</t>
-  </si>
-[...10 lines deleted...]
-veeduriavigilanciacontrol@gmail.com</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Respuesta entregada mediante oficio SISAD </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">13252100150
 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -170,54 +155,50 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Gerente Seccional Antioquia</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Solicito información clara precisa y completa de fondo. 
 1- a comienzo del año 2021 la señora Gloria identificada con Cédula de Ciudania No 208000517 realizó una tala de al rededor 18 árboles comerciales denominados pinos cipreces en el predio denominado JAGUAL ubicado en la vereda Mitacas municipio de Villagomez. Entre esa tala de árboles derribo 3 pinos del linderos colindantes con un predio vecino a título real de Matilde Herrera, ubicado en la misma vereda denominado Limoncito de los cuales no pidió permiso afectando las cerca de la medianía.
 2- solicito a esta entidad cuál fue la enmarcación numérica de estos 3 pinos o a qué número perteneció cada pino a cortar para ese entonces afectando linderos y cercas
 3- solicito copias de la licencia que ustedes otorgaron a la señora Gloria para que cortará los tres pinos colindantes. 
 Presunta explotación de árboles  y suelo árido con deslizamiento por exceso de tala de árboles y sobrepastoreo presenta el terreno JAGUAL de propiedad de doña Gloria.  Se solicita se haga seguimiento y control puesto que fue asignado al difunto esposo de la señora Gloria Bello por la agencia Nacional de Tierras.
 Evidencias
 - fotos de los troncos de los pinos que hacen parte del linderos de nuestra medianía.
 -Foto subrayado de azul del predio limoncito teniendo e cuenta que está poblado de árboles entre otros arrayanes, pinos y eucaliptos junto a la vivienda para evitar la erosión.
 -Foto subrayado de rojo el predio JAGUAL 
 </t>
   </si>
   <si>
-    <t>Veedor Ciudadano
-[...2 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Respuesta enviada al correo electrónico de la peticionaria
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Oficio SISAD 25252100167
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
@@ -246,339 +227,608 @@
         <family val="2"/>
       </rPr>
       <t>FIRMA:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> CARLOS AUGUSTO RIOS MARTINEZ
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Gerente Seccional Cundinamarca</t>
     </r>
   </si>
+  <si>
+    <t>Veedor Ciudadano
+Santiago Zapata 
+Cc 1000898852
+Presidente
+Veeduría Ciudadanía Vigilancia &amp; Control 
+Resolución Nro. 2024-PMB-00079-012
+veeduriavigilanciacontrol@gmail.com</t>
+  </si>
+  <si>
+    <t>Veedor Ciudadano
+LIDIA PRIETO PASCAGAZA identificada con CEI 39707505 residente en Villagómez Centro, miembro activa de la veeduria Mundo Nuevo  reconocida legalmente   No resolución 026 del 1/07/2021 de la Personeria del municipio de Villagomez.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INSTITUTO COLOMBIANO AGROPECUARIO ICA
+SUBGERENCIA ADMINISTRAITIVA Y FINANCIERA
+GRUPO ATENCION AL CIUDADANO
+PETICIONES DE VEEDURIAS Y CONTROL SOCIAL 
+ENERO-FEBRERO 2025
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SISAD
+13251100287
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SISAD
+20251104485
+</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FF99CC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...82 lines deleted...]
-      <right style="medium">
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF99CC00"/>
+      <color rgb="FF808000"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>174238</xdr:colOff>
@@ -877,281 +1127,281 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4CF91B7-0C6D-429B-B013-88B8FF96D258}">
   <dimension ref="A1:R6"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
-      <selection activeCell="L11" sqref="L11"/>
+    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="G5" sqref="G5:H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="7" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" style="1" customWidth="1"/>
     <col min="3" max="9" width="11.42578125" style="1"/>
     <col min="10" max="10" width="11.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1"/>
     <col min="12" max="12" width="53.42578125" style="1" customWidth="1"/>
     <col min="13" max="14" width="11.42578125" style="1"/>
     <col min="15" max="15" width="25.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="40.5703125" style="1" customWidth="1"/>
     <col min="17" max="17" width="15.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="20.85546875" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="28" t="s">
-[...18 lines deleted...]
-      <c r="R1" s="28"/>
+      <c r="A1" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1" s="36"/>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+      <c r="N1" s="36"/>
+      <c r="O1" s="36"/>
+      <c r="P1" s="36"/>
+      <c r="Q1" s="36"/>
+      <c r="R1" s="37"/>
     </row>
     <row r="2" spans="1:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="28"/>
-[...16 lines deleted...]
-      <c r="R2" s="28"/>
+      <c r="A2" s="38"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+      <c r="N2" s="15"/>
+      <c r="O2" s="15"/>
+      <c r="P2" s="15"/>
+      <c r="Q2" s="15"/>
+      <c r="R2" s="39"/>
     </row>
     <row r="3" spans="1:18" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="29"/>
-[...16 lines deleted...]
-      <c r="R3" s="29"/>
+      <c r="A3" s="40"/>
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="16"/>
+      <c r="G3" s="16"/>
+      <c r="H3" s="16"/>
+      <c r="I3" s="16"/>
+      <c r="J3" s="16"/>
+      <c r="K3" s="16"/>
+      <c r="L3" s="16"/>
+      <c r="M3" s="16"/>
+      <c r="N3" s="16"/>
+      <c r="O3" s="16"/>
+      <c r="P3" s="16"/>
+      <c r="Q3" s="16"/>
+      <c r="R3" s="41"/>
     </row>
-    <row r="4" spans="1:18" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="30" t="s">
+    <row r="4" spans="1:18" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="30"/>
-      <c r="C4" s="27" t="s">
+      <c r="B4" s="32"/>
+      <c r="C4" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="27"/>
-      <c r="E4" s="27" t="s">
+      <c r="D4" s="32"/>
+      <c r="E4" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="F4" s="27"/>
-      <c r="G4" s="27" t="s">
+      <c r="F4" s="32"/>
+      <c r="G4" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="27"/>
-      <c r="I4" s="27" t="s">
+      <c r="H4" s="32"/>
+      <c r="I4" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="27"/>
-      <c r="K4" s="27" t="s">
+      <c r="J4" s="32"/>
+      <c r="K4" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="L4" s="27"/>
-      <c r="M4" s="27" t="s">
+      <c r="L4" s="32"/>
+      <c r="M4" s="32" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="27"/>
-      <c r="O4" s="27" t="s">
+      <c r="N4" s="32"/>
+      <c r="O4" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="P4" s="27"/>
-      <c r="Q4" s="3" t="s">
+      <c r="P4" s="32"/>
+      <c r="Q4" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="R4" s="4" t="s">
+      <c r="R4" s="34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="251.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="8">
+      <c r="A5" s="17">
         <v>1</v>
       </c>
-      <c r="B5" s="2" t="s">
+      <c r="B5" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="14" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="15"/>
+      <c r="C5" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="20"/>
       <c r="E5" s="21" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="21"/>
       <c r="G5" s="22">
         <v>45691</v>
       </c>
       <c r="H5" s="22"/>
       <c r="I5" s="23" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="J5" s="24"/>
       <c r="K5" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="L5" s="25"/>
+      <c r="M5" s="26">
+        <v>45705</v>
+      </c>
+      <c r="N5" s="27"/>
+      <c r="O5" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="L5" s="25"/>
-[...8 lines deleted...]
-      <c r="Q5" s="6">
+      <c r="P5" s="28"/>
+      <c r="Q5" s="29">
         <v>45707</v>
       </c>
-      <c r="R5" s="9">
+      <c r="R5" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="334.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="8">
+    <row r="6" spans="1:18" ht="334.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="3">
         <v>2</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="B6" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="14" t="s">
-[...3 lines deleted...]
-      <c r="E6" s="26" t="s">
+      <c r="C6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="9"/>
+      <c r="E6" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F6" s="26"/>
-      <c r="G6" s="18">
+      <c r="F6" s="10"/>
+      <c r="G6" s="11">
         <v>45704</v>
       </c>
-      <c r="H6" s="18"/>
-[...8 lines deleted...]
-      <c r="M6" s="20">
+      <c r="H6" s="11"/>
+      <c r="I6" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="9"/>
+      <c r="K6" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="L6" s="12"/>
+      <c r="M6" s="13">
         <v>45716</v>
       </c>
-      <c r="N6" s="17"/>
-[...3 lines deleted...]
-      <c r="P6" s="16"/>
+      <c r="N6" s="14"/>
+      <c r="O6" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="P6" s="7"/>
       <c r="Q6" s="5">
         <v>45713</v>
       </c>
-      <c r="R6" s="10">
+      <c r="R6" s="6">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="A1:R3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="K5:L5"/>
     <mergeCell ref="M5:N5"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="M6:N6"/>
-    <mergeCell ref="A1:R3"/>
-[...7 lines deleted...]
-    <mergeCell ref="O4:P4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ENERO-FEBRERO</vt:lpstr>