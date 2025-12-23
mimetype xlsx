--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,80 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11109"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Carolina\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/julianmartinez/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AEEF5CC-E9E8-4B64-8B44-522660706F87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4355C149-9F65-334F-B70B-ABA6B456732C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13460" yWindow="1360" windowWidth="20740" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$B$2:$F$12</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="52">
   <si>
     <t>RED DE EXPERTOS EN MEDICAMENTOS VETERINARIOS</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>TITULOS DE POSGRADO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
     <t>ENTIDAD EN LA QUE LABORA</t>
   </si>
   <si>
     <t>direccion.cientifica@laboratoriosedo.com</t>
   </si>
   <si>
     <t>oestupinan@laboratoriosprovet.com</t>
   </si>
   <si>
     <t>maria.zuluaga@carval.com.co</t>
   </si>
   <si>
@@ -182,50 +179,59 @@
   </si>
   <si>
     <t>Laboratorios Coaspharma Director de la unidad de negocios LIVECO
 Director Científico Laboratorios F&amp;N 
 Director Científico Sodiak
 Director Científico Opharm
 Asesor Regulatorio Independiente DR. RIVEROS LATAM S.A.S.</t>
   </si>
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>Hernan Dario Cisneros Lopez</t>
   </si>
   <si>
     <t>PROFESIÓN</t>
   </si>
   <si>
     <t>Magister en Salud Pública</t>
   </si>
   <si>
     <t>hdclopez09@gmail.com</t>
   </si>
   <si>
     <t>Universitaria de Colombia</t>
+  </si>
+  <si>
+    <t>Ariadna Martínez Ospina</t>
+  </si>
+  <si>
+    <t>asuntosregulatorios@proconvet.com</t>
+  </si>
+  <si>
+    <t>Proconvet S.A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
@@ -691,347 +697,365 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oestupinan@laboratoriosprovet.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.zuluaga@carval.com.co" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veterinaria@imexgroup.com.co" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdclopez09@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phdveterinario@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:F14"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" customWidth="1"/>
-    <col min="2" max="2" width="36.5703125" customWidth="1"/>
+    <col min="1" max="1" width="4.5" customWidth="1"/>
+    <col min="2" max="2" width="36.5" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
-    <col min="4" max="4" width="43.5703125" customWidth="1"/>
+    <col min="4" max="4" width="43.5" customWidth="1"/>
     <col min="5" max="5" width="46" customWidth="1"/>
-    <col min="6" max="6" width="41.140625" customWidth="1"/>
+    <col min="6" max="6" width="41.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="9"/>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
     </row>
-    <row r="2" spans="1:6" ht="31.5" x14ac:dyDescent="0.5">
+    <row r="2" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="8"/>
     </row>
-    <row r="3" spans="1:6" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="20" x14ac:dyDescent="0.2">
       <c r="A3" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" ht="34" x14ac:dyDescent="0.2">
       <c r="A4" s="3">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="34" x14ac:dyDescent="0.2">
       <c r="A5" s="5">
         <v>2</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" ht="17" x14ac:dyDescent="0.2">
       <c r="A6" s="3">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" ht="51" x14ac:dyDescent="0.2">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="17" x14ac:dyDescent="0.2">
       <c r="A8" s="3">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" ht="17" x14ac:dyDescent="0.2">
       <c r="A9" s="5">
         <v>6</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="17" x14ac:dyDescent="0.2">
       <c r="A10" s="3">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5">
         <v>8</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="3">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" ht="17" x14ac:dyDescent="0.2">
       <c r="A13" s="5">
         <v>10</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A14" s="3">
+        <v>11</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E8" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E9" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E10" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E13" r:id="rId5" xr:uid="{367C52F0-B881-47F3-A863-AC4A059D3518}"/>
   </hyperlinks>
   <pageMargins left="0.44" right="0.23622047244094491" top="0.5" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="72" orientation="landscape" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Rangos con nombre</vt:lpstr>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
-      <vt:lpstr>Hoja1!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>Hoja1!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edilberto Brito Sierra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>