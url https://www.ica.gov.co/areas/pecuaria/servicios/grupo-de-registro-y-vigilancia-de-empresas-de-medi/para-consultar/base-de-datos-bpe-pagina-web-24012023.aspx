--- v0 (2025-11-30)
+++ v1 (2026-03-15)
@@ -2,267 +2,273 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\hayver.lopez\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lady.pena\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{945E2A7E-A56E-4F88-B2B3-97DEB10D505C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A05AD275-EA98-4365-BD06-8474E7E689E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ACTIVAS" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ACTIVAS!$B$3:$F$13</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ACTIVAS!$A$1:$G$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ACTIVAS!$A$1:$F$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="44">
   <si>
     <t>RAZÓN SOCIAL DE LA EMPRESA</t>
   </si>
   <si>
-    <t>FECHA</t>
-[...1 lines deleted...]
-  <si>
     <t>VIGENCIA</t>
   </si>
   <si>
     <t xml:space="preserve">CTRL+F= Buscar </t>
   </si>
   <si>
     <t>ESTABLECIMIENTOS O EMPRESAS QUE REALICEN PREPARACIONES MAGISTRALES DE USO VETERINARIO</t>
   </si>
   <si>
     <t>BIO VIE S.A.S.</t>
   </si>
   <si>
     <t>CANNABIAN PHARMA S.A.S.</t>
   </si>
   <si>
     <t>MAGISTRALES VETERINARIOS S.A.</t>
   </si>
   <si>
     <t>PHARMAZOO S.A.S</t>
   </si>
   <si>
     <t>UNIDOSSIS S.A.S.</t>
   </si>
   <si>
     <t>5 AÑOS</t>
   </si>
   <si>
-    <t>ALCANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>ADN VITAL S.A.S.</t>
   </si>
   <si>
     <t>UNIDOSSIS SANTANDER S.A.S.</t>
   </si>
   <si>
     <t>00004991</t>
   </si>
   <si>
     <t>12634</t>
   </si>
   <si>
     <t>00020401</t>
   </si>
   <si>
     <t>06757</t>
   </si>
   <si>
-    <t xml:space="preserve">RESOLUCIÓN DE REGISTRO </t>
+    <t>EMCOMAG S.A.S</t>
+  </si>
+  <si>
+    <t>ENDOPET S.A.S.</t>
+  </si>
+  <si>
+    <t>INVERSIONES ALIANZA EYM S.A.S.</t>
+  </si>
+  <si>
+    <t>MEDICAL PRECISION CARE S.A.S.</t>
+  </si>
+  <si>
+    <t>05590</t>
+  </si>
+  <si>
+    <t>00005682</t>
+  </si>
+  <si>
+    <t>16158</t>
+  </si>
+  <si>
+    <t>00000619</t>
+  </si>
+  <si>
+    <t>166008</t>
+  </si>
+  <si>
+    <t>Otorgar registro como productor de preparaciones magistrales de uso veterinario de medicamentos no estériles: sólidos (tabletas, capsulas, polvos), líquidos (soluciones, suspensiones, emulsiones) y semisólidos (cremas, geles, ungüentos, pastas); oncológicos y antibióticos, a la empresa ADN VITAL S.A.S. identificada con NIT 901280805-0, con dirección de notificación judicial y domicilio principal en la Calle 93 No. 57 – 20 en Bogotá, D.C., y planta de producción en esta misma dirección Calle 93 No. 57 – 20 en Bogotá, D.C., por las razones expuestas en la parte motiva de la
+presente providencia.</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se otorga el registro a la compañía BIO VIE S.A.S., como empresa elaboradora de preparaciones magistrales de uso veterinario (Soluciones orales: comunes y con base en Cannabis).</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se otorga el registro a la compañía CANNABIAN PHARMA S.A.S., como empresa elaboradora de preparaciones magistrales derivadas de Cannabis (soluciones orales) de uso veterinario.</t>
+  </si>
+  <si>
+    <t>Por medio de la cual  se otorga el registro  como productor de preparaciones magistrales de uso veterinario a la empresa EMCOMAG S.A.S</t>
+  </si>
+  <si>
+    <t>Otorgar el registro como productor de preparaciones magistrales de uso veterinario (soluciones no estériles, no acuosas con base en cannabis) a la empresa ENDOPET S.A.S. identificada con NIT 901611075-2 y Matrícula Mercantil 03552282, con dirección de notificación judicial y planta de producción en la calle 63 C N°. 27A-10, en Bogotá D.C., según Certificado de Cámara de Comercio de Bogotá, expedido el 2 de noviembre de 2023</t>
+  </si>
+  <si>
+    <t>“Por medio de la cual se otorga el registro como productor de preparaciones magistrales no estériles de uso veterinario a la empresa INVERSIONES ALIANZA EYM S.A.S."</t>
+  </si>
+  <si>
+    <t>Otorgar el registro como productor de preparaciones magistrales de uso veterinario (soluciones no estériles con base en cannabis) a la empresa MEDICAL PRECISION CARE. MEDICINA PERSONALIZADA DE PRECISIÓN S.A.S. identificada con NIT 901277043-4 y Matrícula Mercantil 05-430726-16, con dirección de notificación judicial y planta de producción en la calle 11 N°. 10-99 local 1, en Piedecuesta - Santander, según Certificado de Cámara de Comercio de Bucaramanga, expedido el 8 de noviembre de 2023,</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se otorga el registro a la empresa PHARMAZOO S.A.S., como empresa productora de preparaciones magistrales de uso veterinario.</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se otorga el registro a la empresa UNIDOSSIS S.A.S., sede Bogotá, como empresa elaboradora de preparaciones magistrales (soluciones estériles: (incluyendo oncológicos y nutriciones parenterales “NPT”) y (soluciones oncológicas no estériles) de uso veterinario.</t>
+  </si>
+  <si>
+    <t>Otorgar el registro como productor de preparaciones magistrales de uso veterinario (soluciones estériles (incluyendo oncológicos) y nutriciones parenterales NPT) a la empresa UNIDOSSIS SANTANDER S.A.S. identificada con NIT 900459190-7 y Matrícula Mercantil 05-214694-16, con dirección de notificación judicial en la carrera 26 # 41 - 62 en Bucaramanga-Santander, según Certificado de Cámara de Comercio de Bucaramanga, expedido el 13 de diciembre de 2022, y planta de producción en la calle 48 N°25-56 en la ciudad de BucaramangaSantander, por las razones expuestas en la parte motiva de la presente Resolución.</t>
+  </si>
+  <si>
+    <t>Otorgar registro como productor de preparaciones magistrales de uso veterinario medicamentos no estériles: (solidos (tabletas, capsulas), líquidos (soluciones, suspensiones), semisólidos (cremas, geles, ungüentos, pastas); medicamentos estériles: líquidos (soluciones), semisólidos (ungüentos oftálmicos); oncológicos, hormonales.) a la empresa MAGISTRALES VETERINARIOS S.A. identificada con NIT 900618527-8, con dirección de notificación judicial y domicilio principal en la Finca Santa Rosa Vereda Cerca de Piedra Variante Chía-Cota kilómetro 2, en Chía - Cundinamarca, y planta de producción en esta misma dirección Finca Santa Rosa Vereda Cerca de Piedra Variante Chía-Cota kilómetro 2, Chía - Cundinamarca, por las razones expuestas en la parte motiva de la presente providencia.</t>
+  </si>
+  <si>
+    <t>VITAL GREEN PRODUCTS S.A.S.</t>
+  </si>
+  <si>
+    <t>00009997</t>
+  </si>
+  <si>
+    <t>Por medio de la cual se otorga el registro como productor de preparaciones magistrales de uso veterinario (preparciones liquidas con base en cannabis) a la empresa VITAL GREEN PRODUCTS S.A.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.RESOLUCIÓN DE REGISTRO </t>
+  </si>
+  <si>
+    <t>1.FECHA DE EXPEDICIÓN</t>
+  </si>
+  <si>
+    <t>1.ALCANCE REGISTRO ICA</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> CONTACTO: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Grupo de Registro y Vigilancia de Empresas de Medicamentos y Biológicos de Uso Veterinario.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">E-mail: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>john.riveros@ica.gov.co</t>
+      <t>karen.avendano@ica.gov.co</t>
     </r>
-  </si>
-[...59 lines deleted...]
-    <t>Otorgar el registro como productor de preparaciones magistrales de uso veterinario (soluciones estériles (incluyendo oncológicos) y nutriciones parenterales NPT) a la empresa UNIDOSSIS SANTANDER S.A.S. identificada con NIT 900459190-7 y Matrícula Mercantil 05-214694-16, con dirección de notificación judicial en la carrera 26 # 41 - 62 en Bucaramanga-Santander, según Certificado de Cámara de Comercio de Bucaramanga, expedido el 13 de diciembre de 2022, y planta de producción en la calle 48 N°25-56 en la ciudad de BucaramangaSantander, por las razones expuestas en la parte motiva de la presente Resolución.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Actualización: 14 de octubre de 2025</t>
+      <t>Actualización: 23 de febrero de 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> (Actualización Trimestral)</t>
+      <t xml:space="preserve"> (Actualización Mensual)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -287,458 +293,289 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="14"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...88 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...12 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="12" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
-  <dxfs count="6">
-[...42 lines deleted...]
-  </dxfs>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFFF"/>
       <color rgb="FF009900"/>
       <color rgb="FFCC99FF"/>
       <color rgb="FF83C937"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1021,397 +858,395 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Hoja1"/>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B4" sqref="B4:B14"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5" style="5" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="11" style="24"/>
+    <col min="1" max="1" width="5" style="4" customWidth="1"/>
+    <col min="2" max="2" width="44.875" style="10" customWidth="1"/>
+    <col min="3" max="3" width="17.75" style="10" customWidth="1"/>
+    <col min="4" max="4" width="22.625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="94.125" style="11" customWidth="1"/>
+    <col min="6" max="6" width="31.625" style="10" customWidth="1"/>
+    <col min="7" max="16384" width="11" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B1" s="38" t="s">
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="5"/>
+      <c r="B1" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="17"/>
+    </row>
+    <row r="2" spans="1:6" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="5"/>
+      <c r="B2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" s="14"/>
+    </row>
+    <row r="3" spans="1:6" s="1" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="6"/>
+      <c r="B3" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" s="19" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7"/>
+      <c r="B4" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="22">
+        <v>45050</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="8"/>
+      <c r="B5" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="C1" s="39"/>
-[...23 lines deleted...]
-      <c r="C3" s="29" t="s">
+      <c r="C5" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="22">
+        <v>44755</v>
+      </c>
+      <c r="E5" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="8"/>
+      <c r="B6" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="22">
+        <v>44658</v>
+      </c>
+      <c r="E6" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="8"/>
+      <c r="B7" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="22">
+        <v>45456</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" s="22" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="8"/>
+      <c r="B8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" s="22">
+        <v>45252</v>
+      </c>
+      <c r="E8" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="8"/>
+      <c r="B9" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F3" s="14" t="s">
+      <c r="C9" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="22">
+        <v>45314</v>
+      </c>
+      <c r="E9" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="31">
+        <v>44852</v>
+      </c>
+      <c r="E10" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="32" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="8"/>
+      <c r="B11" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="22">
+        <v>45251</v>
+      </c>
+      <c r="E11" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="34">
+        <v>17001</v>
+      </c>
+      <c r="D12" s="31">
+        <v>44809</v>
+      </c>
+      <c r="E12" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="32" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" s="2" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="7"/>
+      <c r="B13" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="22">
+        <v>44678</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" s="7" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="7"/>
-[...110 lines deleted...]
-      <c r="F9" s="25" t="s">
+      <c r="C14" s="35">
+        <v>12572</v>
+      </c>
+      <c r="D14" s="22">
+        <v>45195</v>
+      </c>
+      <c r="E14" s="23" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="11"/>
-[...34 lines deleted...]
-      <c r="F11" s="25" t="s">
+      <c r="F14" s="24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" s="4" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="26" t="s">
         <v>36</v>
       </c>
-      <c r="G11" s="11"/>
-[...15 lines deleted...]
-      <c r="F12" s="25" t="s">
+      <c r="C15" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="G12" s="11"/>
-[...3 lines deleted...]
-      <c r="B13" s="43" t="s">
+      <c r="D15" s="22">
+        <v>45853</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="33" t="s">
-[...46 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="1:6" s="4" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="18"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
-      <c r="G17" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:F13" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B2:CI14967">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B2:CH14967">
     <sortCondition ref="B2:B14967"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B16:F16"/>
   </mergeCells>
-  <conditionalFormatting sqref="G4:G16">
-[...22 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="38" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="16" max="6" man="1"/>
   </rowBreaks>
   <webPublishItems count="1">
-    <webPublishItem id="23782" divId="BASE DE DATOS BPM PAGINA WEB 24012023_23782" sourceType="range" sourceRef="A1:G16" destinationFile="C:\Users\karen.avendano\Desktop\BASE DE DATOS BPE PAGINA WEB 24012023.htm"/>
+    <webPublishItem id="23782" divId="BASE DE DATOS BPM PAGINA WEB 24012023_23782" sourceType="range" sourceRef="A1:F16" destinationFile="C:\Users\karen.avendano\Desktop\BASE DE DATOS BPE PAGINA WEB 24012023.htm"/>
   </webPublishItems>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="b159b1a4-9782-4fdb-8c8d-7e9be0508b19">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f890d3ac-c158-4799-90f9-5d45ab18b165">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b159b1a4-9782-4fdb-8c8d-7e9be0508b19" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E7D7E89176169A4188D3F7D6AD457FE8" ma:contentTypeVersion="11" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="810db01199edf775ffd1874cb9a3ec25">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f890d3ac-c158-4799-90f9-5d45ab18b165" xmlns:ns3="b159b1a4-9782-4fdb-8c8d-7e9be0508b19" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8766e6d3a2455cf2f4cc926ce9b01c8f" ns2:_="" ns3:_="">
     <xsd:import namespace="f890d3ac-c158-4799-90f9-5d45ab18b165"/>
     <xsd:import namespace="b159b1a4-9782-4fdb-8c8d-7e9be0508b19"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -1578,117 +1413,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08BECDA6-01E7-4EDE-B34C-B87C68124841}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6C9B327-52D6-47E9-8E60-80ADD4AD430B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42B44CE6-477A-4CC3-A53F-1BCAF23C3E83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="b159b1a4-9782-4fdb-8c8d-7e9be0508b19"/>
     <ds:schemaRef ds:uri="f890d3ac-c158-4799-90f9-5d45ab18b165"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6C9B327-52D6-47E9-8E60-80ADD4AD430B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08BECDA6-01E7-4EDE-B34C-B87C68124841}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f890d3ac-c158-4799-90f9-5d45ab18b165"/>
+    <ds:schemaRef ds:uri="b159b1a4-9782-4fdb-8c8d-7e9be0508b19"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>