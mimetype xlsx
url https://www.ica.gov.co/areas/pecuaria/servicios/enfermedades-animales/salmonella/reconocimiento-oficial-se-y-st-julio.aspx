--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -12,78 +12,78 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Lenovo\OneDrive - Instituto Colombiano Agropecuario\Escritorio\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5010387F-F572-46BC-9D09-A3FC8E990166}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A965DDF3-553F-4C91-BC6D-1FB8D6008D49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$C$3:$K$179</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$C$3:$K$215</definedName>
     <definedName name="DEPARTAMENTOS">'[1]Listas Departamentos'!$A$2:$A$34</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1620" uniqueCount="295">
   <si>
     <t>INSTITUTO COLOMBIANO AGROPECUARIO - PROGRAMA NACIONAL DE CONTROL Y DISMINUCION DE PREVALENCIA DE SALMONELLAS PARATÍFICAS EN GRANJAS AVÍCOLAS COMERCIALES</t>
   </si>
   <si>
     <t>ESTABLECIMIENTO AVÍCOLA</t>
   </si>
   <si>
     <t>EMPRESA (CUANDO AUTORIZA EL USO DE ESTE DATO)</t>
   </si>
   <si>
     <t>MODULO (CUANDO APLIQUE)</t>
   </si>
   <si>
     <t>SISTEMA DE PRODUCCIÓN</t>
   </si>
   <si>
     <t>TIPO DE ESTABLECIMIENTO</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
@@ -192,53 +192,50 @@
   <si>
     <t>FABIPOLLO SAS</t>
   </si>
   <si>
     <t>VILLA CLAUDIA</t>
   </si>
   <si>
     <t>PARATEBUENO</t>
   </si>
   <si>
     <t>VILLETA</t>
   </si>
   <si>
     <t>PRADERA</t>
   </si>
   <si>
     <t>EL VERGEL</t>
   </si>
   <si>
     <t>KARIOCO SAS</t>
   </si>
   <si>
     <t>SAN GABRIEL</t>
   </si>
   <si>
-    <t>VILLA DANIELA</t>
-[...1 lines deleted...]
-  <si>
     <t>SANTANDER</t>
   </si>
   <si>
     <t>SILVANIA</t>
   </si>
   <si>
     <t>ZAPATOCA</t>
   </si>
   <si>
     <t xml:space="preserve">SAN SEBASTIAN </t>
   </si>
   <si>
     <t>DISTRAVES S.A.S</t>
   </si>
   <si>
     <t>ARATOCA</t>
   </si>
   <si>
     <t>LISTADO DE ESTABLECIMIENTOS AVÍCOLAS (GRANJAS Y/O MODULOS) RECONOCIDOS COMO LIBRES DE SALMONELLA ENTERITIDIS Y TIPHYMURIUM - RESOLUCION ICA 17754 DE 2019</t>
   </si>
   <si>
     <t>VIENTO LARGO</t>
   </si>
   <si>
     <t xml:space="preserve">LOS SANTOS </t>
@@ -336,83 +333,77 @@
   <si>
     <t>LA POTRA</t>
   </si>
   <si>
     <t>META</t>
   </si>
   <si>
     <t>VILLAVICENCIO</t>
   </si>
   <si>
     <t>JUAN CURI</t>
   </si>
   <si>
     <t>PARAMO</t>
   </si>
   <si>
     <t>LA CONSTANCIA</t>
   </si>
   <si>
     <t>TOLIMA</t>
   </si>
   <si>
     <t>ROVIRA</t>
   </si>
   <si>
-    <t>AVICOLA TRIPLE A</t>
-[...1 lines deleted...]
-  <si>
     <t>IBAGUÉ</t>
   </si>
   <si>
     <t>PLANTA DE INCUBACION SAN FELIPE</t>
   </si>
   <si>
     <t>MARIQUITA</t>
   </si>
   <si>
     <t>AVIAGEN SA</t>
   </si>
   <si>
     <t>LERIDA</t>
   </si>
   <si>
     <t>SAN PEDRO</t>
   </si>
   <si>
     <t>HY - LINE COLOMBIA SAS</t>
   </si>
   <si>
     <t>VARSOVIA</t>
   </si>
   <si>
     <t>FRESNO</t>
   </si>
   <si>
-    <t>FALAN</t>
-[...1 lines deleted...]
-  <si>
     <t>LA TOSCANA</t>
   </si>
   <si>
     <t>MANGOS</t>
   </si>
   <si>
     <t>SAN LUIS</t>
   </si>
   <si>
     <t>EL AGRADO</t>
   </si>
   <si>
     <t>LÍBANO</t>
   </si>
   <si>
     <t>CINCUENTENARIO</t>
   </si>
   <si>
     <t>ALVARADO</t>
   </si>
   <si>
     <t>LA ESPERANZA</t>
   </si>
   <si>
     <t>INCUBADORA LA ESPERANZA</t>
@@ -552,89 +543,83 @@
   <si>
     <t>MELGAR</t>
   </si>
   <si>
     <t>PALESTINA</t>
   </si>
   <si>
     <t>SAN CAYETANO</t>
   </si>
   <si>
     <t>PALMITA</t>
   </si>
   <si>
     <t>GRAN DIAMANTE</t>
   </si>
   <si>
     <t>BRASILIA</t>
   </si>
   <si>
     <t>MONTEARROLLO</t>
   </si>
   <si>
     <t>HAITI</t>
   </si>
   <si>
-    <t>LA PLANETA</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">COMERCIALIZADORA AVICOLA DEL VALLE </t>
   </si>
   <si>
     <t>INDUSTRIA NUTRICIONAL AVICOLA S.A.S</t>
   </si>
   <si>
     <t>LOS ROBLES</t>
   </si>
   <si>
     <t>AVSA S.A.</t>
   </si>
   <si>
     <t>GIRÓN</t>
   </si>
   <si>
     <t>1 Y 2</t>
   </si>
   <si>
     <t>1 Y 5</t>
   </si>
   <si>
     <t>LA LAJITA</t>
   </si>
   <si>
     <t>TERRANOVA</t>
   </si>
   <si>
     <t>BONANZA</t>
   </si>
   <si>
     <t>2 Y 3</t>
   </si>
   <si>
-    <t>RUMOROSA SECTOR PANTANO</t>
-[...1 lines deleted...]
-  <si>
     <t>AVICULTORRES DE COLOMBIA</t>
   </si>
   <si>
     <t>PANDI</t>
   </si>
   <si>
     <t>PLANTA DE INCUBACIÓN ARETAMA</t>
   </si>
   <si>
     <t>INDUSTRIAS ALIMENTICIAS ARETAMA</t>
   </si>
   <si>
     <t>SAN PABLO</t>
   </si>
   <si>
     <t>INCUBACOL S.A.S.</t>
   </si>
   <si>
     <t>EL LIMONAL</t>
   </si>
   <si>
     <t>PLATINA</t>
   </si>
   <si>
     <t xml:space="preserve">MILAGROS </t>
@@ -829,50 +814,161 @@
     <t>ANTIOQUEÑA DE INCUBACION</t>
   </si>
   <si>
     <t>ANTIOQUIA</t>
   </si>
   <si>
     <t>HISPANIA</t>
   </si>
   <si>
     <t xml:space="preserve">INVERSIONES AVICOLA SANTA HELENA </t>
   </si>
   <si>
     <t>PONEDORA COMERCIAL</t>
   </si>
   <si>
     <t>AVICOLA TRIPLE A SAS</t>
   </si>
   <si>
     <t>SHEJINA</t>
   </si>
   <si>
     <t>VILLA ZUNILDE</t>
   </si>
   <si>
     <t>REPRODUCIR GENETICA AVICOLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL VERDE </t>
+  </si>
+  <si>
+    <t>SANTA MONICA</t>
+  </si>
+  <si>
+    <t>2A, 2B, 2C</t>
+  </si>
+  <si>
+    <t>1, 1A, 1B, 1C, 1D,1E</t>
+  </si>
+  <si>
+    <t>5, 5A, 5B</t>
+  </si>
+  <si>
+    <t>2, 11, 35, 38</t>
+  </si>
+  <si>
+    <t>3, 3A, 3B</t>
+  </si>
+  <si>
+    <t>2, 3, 7, 8</t>
+  </si>
+  <si>
+    <t>SAN GERMAN</t>
+  </si>
+  <si>
+    <t>VIRGINIA</t>
+  </si>
+  <si>
+    <t>ROSA BLANCA</t>
+  </si>
+  <si>
+    <t>EL ZAQUE</t>
+  </si>
+  <si>
+    <t>TABACAL</t>
+  </si>
+  <si>
+    <t>LAS PUENTES</t>
+  </si>
+  <si>
+    <t>POLLO EL BUCANERO - CARGILL</t>
+  </si>
+  <si>
+    <t>VENTANITAS</t>
+  </si>
+  <si>
+    <t>PIEDECUESTA</t>
+  </si>
+  <si>
+    <t>2, 3, 6</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN VILLA CLAUDIA</t>
+  </si>
+  <si>
+    <t>EL TABLAZO</t>
+  </si>
+  <si>
+    <t>RISARALDA</t>
+  </si>
+  <si>
+    <t>MARSELLA</t>
+  </si>
+  <si>
+    <t>EL HATILLO</t>
+  </si>
+  <si>
+    <t>BARBOSA</t>
+  </si>
+  <si>
+    <t>EL CHIMBORAZO</t>
+  </si>
+  <si>
+    <t>DORADO N3</t>
+  </si>
+  <si>
+    <t>N3</t>
+  </si>
+  <si>
+    <t>DORADO</t>
+  </si>
+  <si>
+    <t>INCUBADORA ZARAGOZA</t>
+  </si>
+  <si>
+    <t>CARTAGO</t>
+  </si>
+  <si>
+    <t>INCUBADORA GINEBRA</t>
+  </si>
+  <si>
+    <t>LOMAGRATA</t>
+  </si>
+  <si>
+    <t>LA SAMARIA</t>
+  </si>
+  <si>
+    <t>TEUSAQUILLO</t>
+  </si>
+  <si>
+    <t>VILLA LAGUNA</t>
+  </si>
+  <si>
+    <t>SANTANA</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN RUMOROSA SECTOR PANTANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helvetica"/>
     </font>
@@ -1036,51 +1132,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1110,50 +1206,58 @@
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Bueno" xfId="1" builtinId="26"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1645,74 +1749,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="C1:O179"/>
+  <dimension ref="C1:O215"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="D1" sqref="D1"/>
-      <selection pane="bottomLeft" activeCell="D183" sqref="D183"/>
+      <selection pane="bottomLeft" activeCell="C109" sqref="C109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="3" max="3" width="41.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="44.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
     <col min="6" max="6" width="31.26953125" customWidth="1"/>
     <col min="7" max="7" width="29" customWidth="1"/>
     <col min="8" max="8" width="24.1796875" customWidth="1"/>
     <col min="9" max="9" width="23.1796875" customWidth="1"/>
     <col min="10" max="10" width="29.453125" customWidth="1"/>
     <col min="11" max="11" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="3:15" ht="66" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C1" s="20" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="22"/>
     </row>
     <row r="2" spans="3:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C2" s="23" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="25"/>
     </row>
     <row r="3" spans="3:15" ht="52" x14ac:dyDescent="0.35">
       <c r="C3" s="13" t="s">
@@ -1723,5180 +1827,6228 @@
       </c>
       <c r="E3" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="12" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="12" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="12" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="3:15" x14ac:dyDescent="0.35">
       <c r="C4" s="5" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="10">
         <v>45891</v>
       </c>
     </row>
-    <row r="5" spans="3:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="3:15" x14ac:dyDescent="0.35">
       <c r="C5" s="3" t="s">
-        <v>217</v>
+        <v>290</v>
       </c>
       <c r="D5" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" s="10">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="6" spans="3:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="2" t="s">
-[...32 lines deleted...]
-      <c r="E6" s="6" t="s">
+      <c r="E6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K6" s="7">
-        <v>45926</v>
+      <c r="K6" s="10">
+        <v>45952</v>
       </c>
       <c r="L6" s="18"/>
       <c r="M6" s="18"/>
       <c r="N6" s="18"/>
       <c r="O6" s="18"/>
     </row>
     <row r="7" spans="3:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="C7" s="5" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C7" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>275</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>30</v>
+        <v>274</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K7" s="7">
-        <v>45931</v>
+      <c r="K7" s="4">
+        <v>45971</v>
       </c>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
     </row>
-    <row r="8" spans="3:15" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>228</v>
+    <row r="8" spans="3:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="8" t="s">
+        <v>273</v>
       </c>
       <c r="D8" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E8" s="2">
+        <v>4</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" s="4">
+        <v>45967</v>
+      </c>
+      <c r="L8" s="18"/>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="18"/>
+    </row>
+    <row r="9" spans="3:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I9" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E8" s="2" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="J9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="7">
-        <v>45931</v>
-      </c>
+        <v>45926</v>
+      </c>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
     </row>
     <row r="10" spans="3:15" x14ac:dyDescent="0.35">
       <c r="C10" s="5" t="s">
-        <v>116</v>
+        <v>256</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>255</v>
+        <v>14</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>256</v>
+        <v>30</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="7">
-        <v>45923</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="11" spans="3:15" x14ac:dyDescent="0.35">
-      <c r="C11" s="5" t="s">
-[...6 lines deleted...]
-        <v>1</v>
+      <c r="C11" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>222</v>
+        <v>46</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K11" s="7">
-        <v>45918</v>
+      <c r="K11" s="4">
+        <v>45944</v>
       </c>
     </row>
     <row r="12" spans="3:15" x14ac:dyDescent="0.35">
       <c r="C12" s="3" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>224</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>175</v>
+        <v>129</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="10">
         <v>45931</v>
       </c>
     </row>
     <row r="13" spans="3:15" x14ac:dyDescent="0.35">
-      <c r="C13" s="3" t="s">
-[...24 lines deleted...]
-        <v>45938</v>
+      <c r="C13" s="19" t="s">
+        <v>271</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="E13" s="16">
+        <v>1</v>
+      </c>
+      <c r="F13" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="I13" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="J13" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K13" s="17">
+        <v>45967</v>
       </c>
     </row>
     <row r="14" spans="3:15" x14ac:dyDescent="0.35">
-      <c r="C14" s="3" t="s">
+      <c r="C14" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E14" s="6">
+        <v>1</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K14" s="7">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="15" spans="3:15" x14ac:dyDescent="0.35">
+      <c r="C15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="2">
+      <c r="I15" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K15" s="7">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="16" spans="3:15" x14ac:dyDescent="0.35">
+      <c r="C16" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="6">
         <v>1</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I14" s="2" t="s">
+      <c r="F16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="J14" s="2" t="s">
-[...42 lines deleted...]
-      <c r="E16" s="2">
+      <c r="I16" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K16" s="7">
+        <v>45918</v>
+      </c>
+    </row>
+    <row r="17" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C17" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E17" s="2">
         <v>1</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="F17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>56</v>
+        <v>171</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K17" s="7">
-        <v>45910</v>
+      <c r="K17" s="10">
+        <v>45931</v>
       </c>
     </row>
     <row r="18" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C18" s="3" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E18" s="2">
+        <v>5</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G18" s="6" t="s">
+      <c r="G18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>215</v>
+        <v>171</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K18" s="4">
-        <v>45890</v>
+      <c r="K18" s="10">
+        <v>45945</v>
       </c>
     </row>
     <row r="19" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C19" s="5" t="s">
-[...6 lines deleted...]
-        <v>2</v>
+      <c r="C19" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E19" s="2">
+        <v>4</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>234</v>
+        <v>171</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K19" s="7">
-        <v>45909</v>
+      <c r="K19" s="10">
+        <v>45971</v>
       </c>
     </row>
     <row r="20" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C20" s="3" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E20" s="2">
+        <v>3</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>213</v>
+        <v>171</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="10">
-        <v>45901</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="21" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C21" s="3" t="s">
-        <v>182</v>
+        <v>245</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E21" s="2">
+        <v>1</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>184</v>
+        <v>68</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="4">
-        <v>45894</v>
+        <v>45923</v>
       </c>
     </row>
     <row r="22" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C22" s="3" t="s">
-        <v>185</v>
+      <c r="C22" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="4">
-        <v>45901</v>
+        <v>45922</v>
       </c>
     </row>
     <row r="23" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C23" s="3" t="s">
-        <v>185</v>
+        <v>241</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>228</v>
+      </c>
+      <c r="E23" s="2">
+        <v>4</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>68</v>
+        <v>242</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K23" s="4">
-        <v>45918</v>
+      <c r="K23" s="10">
+        <v>45950</v>
       </c>
     </row>
     <row r="24" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C24" s="3" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="E24" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>238</v>
+        <v>140</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K24" s="4">
-        <v>45909</v>
+      <c r="K24" s="10">
+        <v>45919</v>
       </c>
     </row>
     <row r="25" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C25" s="3" t="s">
-        <v>206</v>
+      <c r="C25" s="5" t="s">
+        <v>175</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>207</v>
+        <v>50</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>209</v>
+        <v>55</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K25" s="10">
-        <v>45821</v>
+      <c r="K25" s="7">
+        <v>45910</v>
       </c>
     </row>
     <row r="26" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C26" s="3" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>209</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G26" s="2" t="s">
+      <c r="G26" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="4">
-        <v>45936</v>
+        <v>45890</v>
       </c>
     </row>
     <row r="27" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C27" s="3" t="s">
-[...6 lines deleted...]
-        <v>1</v>
+      <c r="C27" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K27" s="10">
-        <v>45936</v>
+      <c r="K27" s="7">
+        <v>45951</v>
       </c>
     </row>
     <row r="28" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C28" s="3" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-      <c r="E28" s="2">
+        <v>282</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K28" s="10">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="29" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C29" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E29" s="6">
         <v>2</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="F29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>196</v>
+        <v>69</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>197</v>
+        <v>229</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K29" s="4">
-        <v>45903</v>
+      <c r="K29" s="7">
+        <v>45909</v>
       </c>
     </row>
     <row r="30" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C30" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>207</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K30" s="4">
-        <v>45911</v>
+      <c r="K30" s="10">
+        <v>45951</v>
       </c>
     </row>
     <row r="31" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C31" s="19" t="s">
-        <v>198</v>
+      <c r="C31" s="3" t="s">
+        <v>294</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>178</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G31" s="6" t="s">
-        <v>13</v>
+      <c r="G31" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>204</v>
+        <v>179</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K31" s="4">
-        <v>45911</v>
+        <v>45894</v>
       </c>
     </row>
     <row r="32" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C32" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>181</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K32" s="10">
-        <v>45923</v>
+      <c r="K32" s="4">
+        <v>45901</v>
       </c>
     </row>
     <row r="33" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C33" s="3" t="s">
-        <v>187</v>
-[...23 lines deleted...]
-        <v>45903</v>
+        <v>180</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K33" s="4">
+        <v>45918</v>
       </c>
     </row>
     <row r="34" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C34" s="3" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>277</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E34" s="2">
+        <v>1</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>14</v>
+        <v>278</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>184</v>
+        <v>279</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K34" s="10">
-        <v>45896</v>
+      <c r="K34" s="4">
+        <v>45917</v>
       </c>
     </row>
     <row r="35" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C35" s="19" t="s">
-[...24 lines deleted...]
-        <v>45930</v>
+      <c r="C35" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="E35" s="2">
+        <v>1</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" s="4">
+        <v>45951</v>
       </c>
     </row>
     <row r="36" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C36" s="6" t="s">
-[...24 lines deleted...]
-        <v>45868</v>
+      <c r="C36" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="E36" s="2">
+        <v>3</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K36" s="4">
+        <v>45909</v>
       </c>
     </row>
     <row r="37" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C37" s="6" t="s">
-        <v>125</v>
+      <c r="C37" s="3" t="s">
+        <v>293</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>31</v>
+        <v>203</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>14</v>
+        <v>202</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>19</v>
+        <v>204</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K37" s="4">
-        <v>45793</v>
+      <c r="K37" s="10">
+        <v>45821</v>
       </c>
     </row>
     <row r="38" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C38" s="6" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C38" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E38" s="2">
+        <v>3</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>124</v>
+        <v>199</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="4">
-        <v>45749</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="39" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C39" s="6" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C39" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E39" s="2">
+        <v>1</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>127</v>
+        <v>199</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K39" s="4">
-        <v>45750</v>
+      <c r="K39" s="10">
+        <v>45936</v>
       </c>
     </row>
     <row r="40" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C40" s="6" t="s">
-        <v>118</v>
+      <c r="C40" s="3" t="s">
+        <v>189</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>190</v>
+      </c>
+      <c r="E40" s="2">
+        <v>2</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>127</v>
+        <v>58</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K40" s="4">
-        <v>45748</v>
+      <c r="K40" s="10">
+        <v>45903</v>
       </c>
     </row>
     <row r="41" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C41" s="3" t="s">
-        <v>116</v>
+        <v>200</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>190</v>
+      </c>
+      <c r="E41" s="2">
+        <v>7</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>96</v>
+        <v>191</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>113</v>
+        <v>192</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K41" s="4">
-        <v>45931</v>
+        <v>45903</v>
       </c>
     </row>
     <row r="42" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C42" s="3" t="s">
-        <v>116</v>
+        <v>198</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E42" s="2">
+        <v>1</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>258</v>
+        <v>12</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>71</v>
+        <v>199</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K42" s="10">
-        <v>45840</v>
+      <c r="K42" s="4">
+        <v>45911</v>
       </c>
     </row>
     <row r="43" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C43" s="6" t="s">
-        <v>123</v>
+      <c r="C43" s="3" t="s">
+        <v>198</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E43" s="2">
+        <v>3</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
       <c r="I43" s="2" t="s">
-        <v>92</v>
+        <v>199</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="4">
-        <v>45877</v>
+        <v>45945</v>
       </c>
     </row>
     <row r="44" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C44" s="3" t="s">
-        <v>164</v>
+        <v>268</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E44" s="2">
+        <v>1</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="4">
-        <v>45749</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="45" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C45" s="6" t="s">
-        <v>137</v>
+      <c r="C45" s="3" t="s">
+        <v>267</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E45" s="2">
+        <v>3</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I45" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J45" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K45" s="4">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="46" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C46" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E46" s="2">
+        <v>1</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I46" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J46" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K46" s="4">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="47" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C47" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" s="2">
+        <v>1</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I47" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="J45" s="2" t="s">
-[...56 lines deleted...]
-      </c>
       <c r="J47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K47" s="4">
-        <v>45860</v>
+        <v>45911</v>
       </c>
     </row>
     <row r="48" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C48" s="3" t="s">
-        <v>110</v>
+        <v>182</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E48" s="2" t="s">
-        <v>18</v>
+      <c r="E48" s="2">
+        <v>1</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K48" s="4">
-        <v>45922</v>
+      <c r="K48" s="10">
+        <v>45923</v>
       </c>
     </row>
     <row r="49" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C49" s="3" t="s">
-        <v>193</v>
-[...23 lines deleted...]
-        <v>45820</v>
+        <v>182</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="E49" s="16">
+        <v>1</v>
+      </c>
+      <c r="F49" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="I49" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="J49" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K49" s="17">
+        <v>45903</v>
       </c>
     </row>
     <row r="50" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C50" s="3" t="s">
-        <v>163</v>
+      <c r="C50" s="5" t="s">
+        <v>269</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E50" s="6">
+        <v>1</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>199</v>
+        <v>58</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K50" s="4">
-        <v>45912</v>
+      <c r="K50" s="7">
+        <v>45958</v>
       </c>
     </row>
     <row r="51" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C51" s="3" t="s">
-        <v>163</v>
+      <c r="C51" s="26" t="s">
+        <v>270</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E51" s="2">
+        <v>2</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="H51" s="2" t="s">
-        <v>14</v>
+      <c r="H51" s="27" t="s">
+        <v>50</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K51" s="4">
-        <v>45902</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="52" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C52" s="2" t="s">
-        <v>252</v>
+      <c r="C52" s="26" t="s">
+        <v>270</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E52" s="2">
+        <v>4</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="H52" s="2" t="s">
-        <v>96</v>
+      <c r="H52" s="27" t="s">
+        <v>50</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K52" s="4">
-        <v>45909</v>
+        <v>45959</v>
       </c>
     </row>
     <row r="53" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C53" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E53" s="2">
+        <v>2</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I53" s="2" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K53" s="4">
-        <v>45796</v>
+        <v>45957</v>
       </c>
     </row>
     <row r="54" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C54" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="6" t="s">
+      <c r="C54" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K54" s="10">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="55" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C55" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="E55" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="F55" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="I55" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="J55" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K55" s="17">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="56" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C56" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="J56" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K56" s="4">
+        <v>45793</v>
+      </c>
+    </row>
+    <row r="57" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C57" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="H54" s="2" t="s">
-[...96 lines deleted...]
-        <v>45925</v>
+      <c r="H57" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="J57" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K57" s="4">
+        <v>45750</v>
       </c>
     </row>
     <row r="58" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C58" s="19" t="s">
-        <v>154</v>
+      <c r="C58" s="6" t="s">
+        <v>115</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K58" s="4">
-        <v>45796</v>
+        <v>45748</v>
       </c>
     </row>
     <row r="59" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C59" s="3" t="s">
-        <v>147</v>
-[...23 lines deleted...]
-        <v>45889</v>
+        <v>113</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I59" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="J59" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K59" s="4">
+        <v>45951</v>
       </c>
     </row>
     <row r="60" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C60" s="3" t="s">
-        <v>161</v>
+        <v>113</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>252</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I60" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="I60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K60" s="4">
-        <v>45833</v>
+      <c r="K60" s="10">
+        <v>45840</v>
       </c>
     </row>
     <row r="61" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C61" s="3" t="s">
-        <v>150</v>
+      <c r="C61" s="6" t="s">
+        <v>120</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>162</v>
+        <v>91</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K61" s="4">
-        <v>45791</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="62" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C62" s="3" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>151</v>
+        <v>36</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K62" s="4">
-        <v>45828</v>
+        <v>45749</v>
       </c>
     </row>
     <row r="63" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C63" s="3" t="s">
-        <v>136</v>
+      <c r="C63" s="6" t="s">
+        <v>134</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>130</v>
+        <v>194</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K63" s="4">
-        <v>45889</v>
+        <v>45903</v>
       </c>
     </row>
     <row r="64" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C64" s="3" t="s">
-        <v>145</v>
+      <c r="C64" s="6" t="s">
+        <v>155</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K64" s="4">
-        <v>45806</v>
+        <v>45814</v>
       </c>
     </row>
     <row r="65" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C65" s="3" t="s">
-        <v>134</v>
+      <c r="C65" s="6" t="s">
+        <v>84</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G65" s="6" t="s">
+      <c r="G65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K65" s="4">
-        <v>45833</v>
+        <v>45860</v>
       </c>
     </row>
     <row r="66" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C66" s="3" t="s">
-        <v>148</v>
+        <v>107</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K66" s="4">
-        <v>45798</v>
+        <v>45922</v>
       </c>
     </row>
     <row r="67" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C67" s="3" t="s">
-        <v>148</v>
+        <v>188</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>11</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>149</v>
+        <v>108</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K67" s="4">
-        <v>45936</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="68" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C68" s="3" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>42</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K68" s="4">
-        <v>45853</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="69" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C69" s="3" t="s">
-        <v>135</v>
+        <v>160</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I69" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I69" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K69" s="4">
-        <v>45896</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="70" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C70" s="3" t="s">
-        <v>131</v>
+      <c r="C70" s="2" t="s">
+        <v>247</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K70" s="4">
-        <v>45806</v>
+        <v>45909</v>
       </c>
     </row>
     <row r="71" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C71" s="3" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>42</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>215</v>
+        <v>159</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K71" s="10">
-        <v>45891</v>
+      <c r="K71" s="4">
+        <v>45796</v>
       </c>
     </row>
     <row r="72" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C72" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E72" s="2" t="s">
+      <c r="C72" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E72" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>132</v>
+        <v>99</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K72" s="4">
-        <v>45792</v>
+      <c r="K72" s="7">
+        <v>45896</v>
       </c>
     </row>
     <row r="73" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C73" s="3" t="s">
-        <v>60</v>
+        <v>162</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K73" s="4">
-        <v>45880</v>
+        <v>45833</v>
       </c>
     </row>
     <row r="74" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C74" s="3" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E74" s="2">
+        <v>1</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K74" s="4">
-        <v>45922</v>
+        <v>45842</v>
       </c>
     </row>
     <row r="75" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C75" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I75" s="2" t="s">
+      <c r="C75" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D75" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="F75" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="I75" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="J75" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K75" s="17">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="76" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C76" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I76" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="J75" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="J76" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K76" s="4">
-        <v>45903</v>
+        <v>45796</v>
       </c>
     </row>
     <row r="77" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C77" s="3" t="s">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>81</v>
+      </c>
+      <c r="E77" s="2">
+        <v>1</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>113</v>
+        <v>70</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K77" s="4">
-        <v>45931</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="78" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C78" s="3" t="s">
-        <v>202</v>
-[...23 lines deleted...]
-        <v>45874</v>
+        <v>144</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="F78" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="I78" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="J78" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K78" s="17">
+        <v>45889</v>
       </c>
     </row>
     <row r="79" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C79" s="3" t="s">
-        <v>253</v>
+        <v>158</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>201</v>
+        <v>81</v>
       </c>
       <c r="E79" s="2">
         <v>1</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K79" s="4">
-        <v>45931</v>
+        <v>45833</v>
       </c>
     </row>
     <row r="80" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C80" s="3" t="s">
-        <v>117</v>
+        <v>147</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>201</v>
+        <v>42</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>107</v>
+        <v>159</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K80" s="4">
-        <v>45903</v>
+        <v>45791</v>
       </c>
     </row>
     <row r="81" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C81" s="3" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>105</v>
+        <v>148</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>96</v>
+        <v>149</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K81" s="4">
-        <v>45874</v>
+        <v>45828</v>
       </c>
     </row>
     <row r="82" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C82" s="3" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>201</v>
+        <v>32</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>101</v>
+        <v>127</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K82" s="4">
-        <v>45903</v>
+        <v>45889</v>
       </c>
     </row>
     <row r="83" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C83" s="3" t="s">
-        <v>109</v>
+        <v>142</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>99</v>
+        <v>30</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K83" s="4">
-        <v>45922</v>
+        <v>45806</v>
       </c>
     </row>
     <row r="84" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C84" s="3" t="s">
-        <v>109</v>
+        <v>288</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>105</v>
+        <v>228</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>115</v>
+        <v>239</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K84" s="4">
-        <v>45840</v>
+      <c r="K84" s="10">
+        <v>45958</v>
       </c>
     </row>
     <row r="85" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C85" s="3" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>11</v>
+        <v>228</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>99</v>
+        <v>287</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K85" s="4">
-        <v>45889</v>
+      <c r="K85" s="10">
+        <v>45959</v>
       </c>
     </row>
     <row r="86" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C86" s="3" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G86" s="2" t="s">
+      <c r="G86" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>156</v>
+        <v>70</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K86" s="4">
-        <v>45875</v>
+        <v>45833</v>
       </c>
     </row>
     <row r="87" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C87" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D87" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>156</v>
+        <v>28</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K87" s="4">
-        <v>45881</v>
+        <v>45798</v>
       </c>
     </row>
     <row r="88" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C88" s="3" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E88" s="2">
+        <v>1</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K88" s="4">
-        <v>45874</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="89" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C89" s="3" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E89" s="2">
+        <v>3</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K89" s="4">
-        <v>45860</v>
+        <v>45853</v>
       </c>
     </row>
     <row r="90" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C90" s="3" t="s">
-        <v>100</v>
+      <c r="C90" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>81</v>
+      </c>
+      <c r="E90" s="6">
+        <v>1</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>103</v>
+        <v>226</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K90" s="4">
-        <v>45896</v>
+      <c r="K90" s="7">
+        <v>45959</v>
       </c>
     </row>
     <row r="91" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C91" s="3" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K91" s="4">
-        <v>45859</v>
+        <v>45896</v>
       </c>
     </row>
     <row r="92" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C92" s="3" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>116</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K92" s="4">
-        <v>45925</v>
+        <v>45806</v>
       </c>
     </row>
     <row r="93" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C93" s="3" t="s">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E93" s="2">
+        <v>1</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>97</v>
+        <v>210</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K93" s="4">
-        <v>45889</v>
+      <c r="K93" s="10">
+        <v>45891</v>
       </c>
     </row>
     <row r="94" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C94" s="3" t="s">
-        <v>65</v>
+        <v>139</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G94" s="6" t="s">
+      <c r="G94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K94" s="4">
-        <v>45924</v>
+        <v>45792</v>
       </c>
     </row>
     <row r="95" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C95" s="3" t="s">
-        <v>139</v>
+        <v>59</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="2">
         <v>1</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G95" s="6" t="s">
+      <c r="G95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K95" s="4">
-        <v>45832</v>
+        <v>45880</v>
       </c>
     </row>
     <row r="96" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C96" s="3" t="s">
-        <v>235</v>
+        <v>104</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>82</v>
+        <v>168</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>236</v>
+        <v>18</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G96" s="6" t="s">
+      <c r="G96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K96" s="4">
-        <v>45923</v>
+        <v>45922</v>
       </c>
     </row>
     <row r="97" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C97" s="3" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>82</v>
+        <v>254</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K97" s="4">
-        <v>45863</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="98" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C98" s="3" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>168</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G98" s="6" t="s">
+      <c r="G98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K98" s="4">
-        <v>45868</v>
+        <v>45903</v>
       </c>
     </row>
     <row r="99" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C99" s="3" t="s">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>100</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G99" s="6" t="s">
+      <c r="G99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K99" s="4">
-        <v>45856</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="100" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C100" s="11" t="s">
-        <v>141</v>
+      <c r="C100" s="3" t="s">
+        <v>197</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G100" s="6" t="s">
+      <c r="G100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K100" s="4">
-        <v>45812</v>
+        <v>45874</v>
       </c>
     </row>
     <row r="101" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C101" s="3" t="s">
-        <v>54</v>
+        <v>248</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>55</v>
+        <v>196</v>
       </c>
       <c r="E101" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G101" s="6" t="s">
+      <c r="G101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K101" s="4">
-        <v>45938</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="102" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C102" s="8" t="s">
-        <v>77</v>
+      <c r="C102" s="3" t="s">
+        <v>280</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>196</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G102" s="6" t="s">
+      <c r="G102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>51</v>
+        <v>250</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>56</v>
+        <v>281</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K102" s="4">
-        <v>45754</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="103" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C103" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>114</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>196</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="F103" s="9" t="s">
+      <c r="F103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>45804</v>
+        <v>22</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I103" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="J103" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K103" s="4">
+        <v>45903</v>
       </c>
     </row>
     <row r="104" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C104" s="3" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>188</v>
+        <v>103</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>18</v>
+        <v>264</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K104" s="4">
-        <v>45902</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="105" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C105" s="3" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-      <c r="F105" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K105" s="10">
-        <v>45923</v>
+      <c r="K105" s="4">
+        <v>45903</v>
       </c>
     </row>
     <row r="106" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C106" s="3" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>18</v>
+        <v>265</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>45</v>
+        <v>97</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K106" s="4">
-        <v>45896</v>
+        <v>45951</v>
       </c>
     </row>
     <row r="107" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C107" s="3" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K107" s="4">
-        <v>45880</v>
+        <v>45840</v>
       </c>
     </row>
     <row r="108" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C108" s="2" t="s">
-        <v>251</v>
+      <c r="C108" s="3" t="s">
+        <v>154</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E108" s="2">
+        <v>11</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J108" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K108" s="4">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="109" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C109" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" s="2">
+        <v>12</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I109" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="J109" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K109" s="4">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="110" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C110" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" s="2">
         <v>1</v>
       </c>
-      <c r="F108" s="2" t="s">
-[...56 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K110" s="4">
-        <v>45901</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="111" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C111" s="11" t="s">
-        <v>192</v>
+      <c r="C111" s="3" t="s">
+        <v>113</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>52</v>
+        <v>153</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K111" s="4">
-        <v>45901</v>
+        <v>45881</v>
       </c>
     </row>
     <row r="112" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C112" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H112" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="J112" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K112" s="4">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="113" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C113" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D112" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D113" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>100</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>262</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K113" s="7">
-        <v>45896</v>
+      <c r="K113" s="4">
+        <v>45944</v>
       </c>
     </row>
     <row r="114" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C114" s="8" t="s">
-        <v>128</v>
+      <c r="C114" s="3" t="s">
+        <v>20</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="E114" s="6">
+        <v>100</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H114" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I114" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="J114" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K114" s="4">
+        <v>45939</v>
+      </c>
+    </row>
+    <row r="115" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C115" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I115" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="J115" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K115" s="4">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="116" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C116" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H116" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="J116" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K116" s="4">
+        <v>45859</v>
+      </c>
+    </row>
+    <row r="117" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C117" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="E117" s="2">
         <v>1</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="F117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K117" s="15">
-        <v>45875</v>
+      <c r="K117" s="4">
+        <v>45925</v>
       </c>
     </row>
     <row r="118" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C118" s="8" t="s">
-        <v>79</v>
+      <c r="C118" s="3" t="s">
+        <v>85</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>119</v>
+        <v>195</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K118" s="15">
-        <v>45897</v>
+      <c r="K118" s="4">
+        <v>45889</v>
       </c>
     </row>
     <row r="119" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C119" s="3" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E119" s="2">
+        <v>1</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G119" s="2" t="s">
+      <c r="G119" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K119" s="15">
-        <v>45868</v>
+      <c r="K119" s="4">
+        <v>45967</v>
       </c>
     </row>
     <row r="120" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C120" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>172</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G120" s="2" t="s">
+      <c r="G120" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I120" s="2" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K120" s="4">
-        <v>45798</v>
+        <v>45924</v>
       </c>
     </row>
     <row r="121" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C121" s="3" t="s">
-        <v>87</v>
+        <v>136</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>230</v>
+        <v>11</v>
       </c>
       <c r="E121" s="2">
         <v>1</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G121" s="2" t="s">
+      <c r="G121" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>231</v>
+        <v>65</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K121" s="4">
-        <v>45931</v>
+        <v>45832</v>
       </c>
     </row>
     <row r="122" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C122" s="3" t="s">
-        <v>87</v>
+        <v>285</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H122" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I122" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="I122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J122" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K122" s="10">
-        <v>45805</v>
+      <c r="K122" s="4">
+        <v>45952</v>
       </c>
     </row>
     <row r="123" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C123" s="3" t="s">
-        <v>120</v>
+        <v>283</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G123" s="2" t="s">
+      <c r="G123" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H123" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I123" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="I123" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J123" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K123" s="10">
-        <v>45860</v>
+      <c r="K123" s="4">
+        <v>45960</v>
       </c>
     </row>
     <row r="124" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C124" s="5" t="s">
-        <v>189</v>
+      <c r="C124" s="3" t="s">
+        <v>230</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>18</v>
+        <v>231</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G124" s="2" t="s">
+      <c r="G124" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I124" s="2" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K124" s="4">
-        <v>45749</v>
+        <v>45923</v>
       </c>
     </row>
     <row r="125" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C125" s="3" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>259</v>
+        <v>81</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>258</v>
+        <v>12</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>96</v>
+        <v>69</v>
       </c>
       <c r="I125" s="2" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K125" s="4">
-        <v>45912</v>
+        <v>45863</v>
       </c>
     </row>
     <row r="126" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C126" s="5" t="s">
-        <v>60</v>
+      <c r="C126" s="3" t="s">
+        <v>62</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E126" s="2">
+        <v>2</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G126" s="2" t="s">
+      <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I126" s="2" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K126" s="4">
-        <v>45901</v>
+        <v>45868</v>
       </c>
     </row>
     <row r="127" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C127" s="3" t="s">
-        <v>178</v>
+        <v>62</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E127" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G127" s="2" t="s">
+      <c r="G127" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I127" s="2" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K127" s="4">
-        <v>45867</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="128" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C128" s="3" t="s">
-        <v>73</v>
+      <c r="C128" s="11" t="s">
+        <v>138</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E128" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G128" s="2" t="s">
+      <c r="G128" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K128" s="4">
-        <v>45936</v>
+        <v>45812</v>
       </c>
     </row>
     <row r="129" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C129" s="3" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="D129" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E129" s="2">
+        <v>4</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H129" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I129" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E129" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="J129" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K129" s="4">
-        <v>45925</v>
+        <v>45938</v>
       </c>
     </row>
     <row r="130" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C130" s="5" t="s">
-        <v>167</v>
+      <c r="C130" s="8" t="s">
+        <v>76</v>
       </c>
       <c r="D130" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E130" s="2">
+        <v>6</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H130" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I130" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E130" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="J130" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K130" s="4">
-        <v>45905</v>
+        <v>45754</v>
       </c>
     </row>
     <row r="131" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C131" s="3" t="s">
-        <v>90</v>
-[...7 lines deleted...]
-      <c r="F131" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D131" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F131" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="H131" s="2" t="s">
+      <c r="H131" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="I131" s="2" t="s">
-[...6 lines deleted...]
-        <v>45868</v>
+      <c r="I131" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J131" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K131" s="15">
+        <v>45804</v>
       </c>
     </row>
     <row r="132" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C132" s="3" t="s">
-        <v>223</v>
+        <v>17</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>48</v>
+        <v>183</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I132" s="2" t="s">
         <v>28</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K132" s="4">
-        <v>45798</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="133" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C133" s="3" t="s">
-        <v>260</v>
-[...7 lines deleted...]
-      <c r="F133" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" s="2">
+        <v>1</v>
+      </c>
+      <c r="F133" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I133" s="2" t="s">
-        <v>30</v>
+        <v>239</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K133" s="4">
-        <v>45931</v>
+      <c r="K133" s="10">
+        <v>45923</v>
       </c>
     </row>
     <row r="134" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C134" s="3" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K134" s="4">
-        <v>45897</v>
+        <v>45896</v>
       </c>
     </row>
     <row r="135" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C135" s="5" t="s">
-        <v>140</v>
+      <c r="C135" s="8" t="s">
+        <v>258</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E135" s="2">
+        <v>7</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I135" s="2" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K135" s="7">
-        <v>45833</v>
+      <c r="K135" s="4">
+        <v>45946</v>
       </c>
     </row>
     <row r="136" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C136" s="5" t="s">
-        <v>216</v>
+      <c r="C136" s="8" t="s">
+        <v>258</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>170</v>
+      </c>
+      <c r="E136" s="2">
+        <v>2</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K136" s="7">
-        <v>45897</v>
+      <c r="K136" s="4">
+        <v>45946</v>
       </c>
     </row>
     <row r="137" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C137" s="3" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>32</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I137" s="2" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K137" s="4">
         <v>45880</v>
       </c>
     </row>
     <row r="138" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C138" s="3" t="s">
-        <v>93</v>
+      <c r="C138" s="2" t="s">
+        <v>246</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="E138" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K138" s="4">
-        <v>45812</v>
+        <v>45909</v>
       </c>
     </row>
     <row r="139" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C139" s="3" t="s">
-        <v>93</v>
+      <c r="C139" s="2" t="s">
+        <v>219</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="E139" s="2">
         <v>4</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H139" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K139" s="4">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="140" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C140" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J140" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K140" s="4">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="141" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C141" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I141" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I139" s="2" t="s">
-[...59 lines deleted...]
-      </c>
       <c r="J141" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K141" s="4">
-        <v>45896</v>
+        <v>45901</v>
       </c>
     </row>
     <row r="142" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C142" s="3" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>116</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I142" s="2" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K142" s="10">
-        <v>45919</v>
+      <c r="K142" s="4">
+        <v>45902</v>
       </c>
     </row>
     <row r="143" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C143" s="3" t="s">
-        <v>144</v>
+      <c r="C143" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>81</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I143" s="2" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K143" s="4">
-        <v>45813</v>
+      <c r="K143" s="7">
+        <v>45896</v>
       </c>
     </row>
     <row r="144" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C144" s="3" t="s">
-        <v>61</v>
+      <c r="C144" s="8" t="s">
+        <v>125</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>81</v>
+      </c>
+      <c r="E144" s="6">
+        <v>1</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I144" s="2" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K144" s="4">
-        <v>45880</v>
+      <c r="K144" s="7">
+        <v>45806</v>
       </c>
     </row>
     <row r="145" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C145" s="3" t="s">
-        <v>61</v>
+      <c r="C145" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E145" s="2">
+        <v>81</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H145" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J145" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K145" s="7">
+        <v>45860</v>
+      </c>
+    </row>
+    <row r="146" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C146" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E146" s="6">
         <v>1</v>
       </c>
-      <c r="F145" s="2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="F146" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I146" s="2" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K146" s="10">
-        <v>45896</v>
+      <c r="K146" s="7">
+        <v>45860</v>
       </c>
     </row>
     <row r="147" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C147" s="3" t="s">
-        <v>134</v>
+      <c r="C147" s="8" t="s">
+        <v>78</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I147" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K147" s="4">
-        <v>45931</v>
+      <c r="K147" s="15">
+        <v>45875</v>
       </c>
     </row>
     <row r="148" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C148" s="3" t="s">
-        <v>41</v>
+      <c r="C148" s="8" t="s">
+        <v>78</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I148" s="2" t="s">
-        <v>132</v>
+        <v>30</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K148" s="10">
-        <v>45868</v>
+      <c r="K148" s="15">
+        <v>45897</v>
       </c>
     </row>
     <row r="149" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C149" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>188</v>
+        <v>116</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="I149" s="2" t="s">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K149" s="7">
-        <v>45889</v>
+      <c r="K149" s="15">
+        <v>45868</v>
       </c>
     </row>
     <row r="150" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C150" s="3" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="E150" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E150" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I150" s="2" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K150" s="4">
-        <v>45901</v>
+        <v>45798</v>
       </c>
     </row>
     <row r="151" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C151" s="3" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D151" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E151" s="2">
+        <v>1</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H151" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I151" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="E151" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J151" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K151" s="10">
-        <v>45915</v>
+      <c r="K151" s="4">
+        <v>45931</v>
       </c>
     </row>
     <row r="152" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C152" s="3" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="F152" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E152" s="2">
+        <v>2</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-        <v>45896</v>
+        <v>13</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I152" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="J152" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K152" s="4">
+        <v>45939</v>
       </c>
     </row>
     <row r="153" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C153" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>81</v>
+      </c>
+      <c r="E153" s="2">
+        <v>1</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I153" s="2" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K153" s="4">
-        <v>45821</v>
+      <c r="K153" s="10">
+        <v>45961</v>
       </c>
     </row>
     <row r="154" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C154" s="3" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H154" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I154" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J154" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K154" s="10">
+        <v>45860</v>
+      </c>
+    </row>
+    <row r="155" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C155" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H155" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="I154" s="2" t="s">
-[...35 lines deleted...]
-        <v>45896</v>
+      <c r="I155" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J155" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K155" s="4">
+        <v>45749</v>
       </c>
     </row>
     <row r="156" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C156" s="3" t="s">
-        <v>88</v>
+        <v>59</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>254</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>253</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="H156" s="16" t="s">
-[...9 lines deleted...]
-        <v>45901</v>
+      <c r="H156" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I156" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J156" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K156" s="4">
+        <v>45912</v>
       </c>
     </row>
     <row r="157" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C157" s="11" t="s">
-        <v>33</v>
+      <c r="C157" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="E157" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E157" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I157" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K157" s="4">
-        <v>45896</v>
+        <v>45901</v>
       </c>
     </row>
     <row r="158" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C158" s="11" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C158" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E158" s="2">
+        <v>6</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I158" s="2" t="s">
-        <v>121</v>
+        <v>52</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K158" s="4">
-        <v>45874</v>
+        <v>45867</v>
       </c>
     </row>
     <row r="159" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C159" s="11" t="s">
-        <v>180</v>
+      <c r="C159" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E159" s="2">
+        <v>7</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I159" s="2" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K159" s="4">
-        <v>45868</v>
+        <v>45936</v>
       </c>
     </row>
     <row r="160" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C160" s="11" t="s">
-        <v>180</v>
+      <c r="C160" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E160" s="2">
+        <v>6</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I160" s="2" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K160" s="4">
-        <v>45896</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="161" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C161" s="3" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E161" s="2">
+        <v>1</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K161" s="4">
-        <v>45889</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="162" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C162" s="11" t="s">
-        <v>146</v>
+      <c r="C162" s="5" t="s">
+        <v>164</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="E162" s="2">
+        <v>7</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I162" s="2" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K162" s="4">
-        <v>45749</v>
+        <v>45905</v>
       </c>
     </row>
     <row r="163" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C163" s="3" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>48</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>18</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I163" s="2" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K163" s="4">
-        <v>45833</v>
+      <c r="K163" s="7">
+        <v>45868</v>
       </c>
     </row>
     <row r="164" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C164" s="3" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>48</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I164" s="2" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K164" s="4">
-        <v>45925</v>
+        <v>45798</v>
       </c>
     </row>
     <row r="165" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C165" s="3" t="s">
-        <v>54</v>
+        <v>255</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>48</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G165" s="6" t="s">
+      <c r="G165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I165" s="2" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K165" s="4">
-        <v>45923</v>
+        <v>45931</v>
       </c>
     </row>
     <row r="166" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C166" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>48</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H166" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I166" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I166" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J166" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K166" s="4">
-        <v>45925</v>
+        <v>45897</v>
       </c>
     </row>
     <row r="167" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C167" s="3" t="s">
-        <v>34</v>
+      <c r="C167" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="E167" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E167" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I167" s="2" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K167" s="4">
-        <v>45881</v>
+      <c r="K167" s="7">
+        <v>45833</v>
       </c>
     </row>
     <row r="168" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C168" s="3" t="s">
-        <v>133</v>
+      <c r="C168" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="E168" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E168" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="I168" s="2" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K168" s="4">
-        <v>45877</v>
+      <c r="K168" s="7">
+        <v>45897</v>
       </c>
     </row>
     <row r="169" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C169" s="3" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E169" s="2" t="s">
-        <v>18</v>
+      <c r="E169" s="2">
+        <v>2</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I169" s="2" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K169" s="4">
-        <v>45798</v>
+        <v>45880</v>
       </c>
     </row>
     <row r="170" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C170" s="3" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E170" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I170" s="2" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K170" s="4">
-        <v>45888</v>
+        <v>45967</v>
       </c>
     </row>
     <row r="171" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C171" s="3" t="s">
-        <v>169</v>
+        <v>92</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E171" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I171" s="2" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K171" s="4">
-        <v>45824</v>
+        <v>45841</v>
       </c>
     </row>
     <row r="172" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C172" s="3" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E172" s="2">
+        <v>6</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I172" s="2" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K172" s="4">
-        <v>45870</v>
+        <v>45868</v>
       </c>
     </row>
     <row r="173" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C173" s="3" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>18</v>
+        <v>173</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I173" s="2" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K173" s="4">
-        <v>45870</v>
+        <v>45896</v>
       </c>
     </row>
     <row r="174" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C174" s="2" t="s">
-        <v>58</v>
+      <c r="C174" s="3" t="s">
+        <v>244</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E174" s="2">
         <v>1</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I174" s="2" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K174" s="4">
-        <v>45930</v>
+      <c r="K174" s="10">
+        <v>45965</v>
       </c>
     </row>
     <row r="175" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C175" s="3" t="s">
-        <v>58</v>
+        <v>244</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E175" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I175" s="2" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="K175" s="4">
-        <v>45923</v>
+      <c r="K175" s="10">
+        <v>45919</v>
       </c>
     </row>
     <row r="176" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C176" s="3" t="s">
-        <v>58</v>
+        <v>141</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="E176" s="2">
+        <v>2</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K176" s="4">
-        <v>45868</v>
+        <v>45953</v>
       </c>
     </row>
     <row r="177" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C177" s="3" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K177" s="4">
-        <v>45798</v>
+        <v>45880</v>
       </c>
     </row>
     <row r="178" spans="3:11" x14ac:dyDescent="0.35">
       <c r="C178" s="3" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E178" s="2" t="s">
-        <v>181</v>
+      <c r="E178" s="2">
+        <v>1</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I178" s="2" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K178" s="4">
-        <v>45874</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="179" spans="3:11" x14ac:dyDescent="0.35">
-      <c r="C179" s="3" t="s">
-        <v>50</v>
+      <c r="C179" s="2" t="s">
+        <v>129</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E179" s="2" t="s">
-        <v>18</v>
+      <c r="E179" s="2">
+        <v>3</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G179" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I179" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="J179" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K179" s="10">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="180" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C180" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H180" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I180" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J180" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K180" s="7">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="181" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C181" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H181" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I181" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="J181" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K181" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="182" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C182" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H182" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I182" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="J182" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K182" s="10">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="183" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C183" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="H179" s="2" t="s">
+      <c r="H183" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I183" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="J183" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K183" s="7">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="184" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C184" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I184" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J184" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K184" s="4">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="185" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C185" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D185" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I185" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="J185" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K185" s="10">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="186" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C186" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D186" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F186" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="I179" s="2" t="s">
+      <c r="I186" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="J186" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K186" s="15">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="187" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C187" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H187" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I187" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="J187" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K187" s="4">
+        <v>45821</v>
+      </c>
+    </row>
+    <row r="188" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C188" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H188" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I188" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J188" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K188" s="4">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="189" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C189" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="D189" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="F189" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H189" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="I189" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="J189" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K189" s="17">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="190" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C190" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E190" s="16">
+        <v>2</v>
+      </c>
+      <c r="F190" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H190" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="I190" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="J190" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="K190" s="17">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="191" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C191" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I191" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="J191" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K191" s="4">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="192" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C192" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D192" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I192" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="J192" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K192" s="4">
+        <v>45874</v>
+      </c>
+    </row>
+    <row r="193" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C193" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H193" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I193" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J193" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K193" s="4">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="194" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C194" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I194" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J194" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K194" s="4">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="195" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C195" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="2">
+        <v>1</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I195" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="J195" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K195" s="4">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="196" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C196" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I196" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J196" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K196" s="4">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="197" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C197" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I197" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J197" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K197" s="4">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="198" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C198" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E198" s="2">
+        <v>1</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H198" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J198" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K198" s="4">
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="199" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C199" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" s="2">
+        <v>1</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H199" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I199" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="J199" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K199" s="4">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="200" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C200" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" s="2">
+        <v>2</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I200" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="J200" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K200" s="4">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="201" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C201" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E201" s="2">
+        <v>1</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I201" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J201" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K201" s="4">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="202" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C202" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E202" s="2">
+        <v>3</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I202" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J202" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K202" s="4">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="203" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C203" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I203" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J203" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K203" s="4">
+        <v>45881</v>
+      </c>
+    </row>
+    <row r="204" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C204" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H204" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I204" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J204" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K204" s="4">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="205" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I205" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J205" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K205" s="4">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="206" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C206" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E206" s="2">
+        <v>1</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I206" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J206" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K206" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="207" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C207" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E207" s="2">
+        <v>3</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H207" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I207" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J207" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K207" s="4">
+        <v>45824</v>
+      </c>
+    </row>
+    <row r="208" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C208" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H208" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I208" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J208" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K208" s="4">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="209" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C209" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H209" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I209" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J209" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K209" s="4">
+        <v>45870</v>
+      </c>
+    </row>
+    <row r="210" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C210" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E210" s="2">
+        <v>1</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H210" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I210" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J210" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K210" s="4">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="211" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C211" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E211" s="2">
+        <v>2</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H211" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I211" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J211" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K211" s="4">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="212" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C212" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H212" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I212" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J212" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K212" s="4">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="213" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C213" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" s="2">
+        <v>1</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H213" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I213" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J213" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K213" s="4">
+        <v>45798</v>
+      </c>
+    </row>
+    <row r="214" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C214" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I214" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="J179" s="2" t="s">
-[...3 lines deleted...]
-        <v>45833</v>
+      <c r="J214" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K214" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="215" spans="3:11" x14ac:dyDescent="0.35">
+      <c r="C215" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I215" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J215" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K215" s="4">
+        <v>45874</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="C3:K179" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C3:C288"/>
+  <autoFilter ref="C3:K215" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C4:L322">
+      <sortCondition ref="C3:C322"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="C1:K1"/>
     <mergeCell ref="C2:K2"/>
   </mergeCells>
   <dataValidations disablePrompts="1" count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H161:H162 H158:H159" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H196:H197 H192:H193" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>DEPARTAMENTOS</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I162 I158" xr:uid="{00000000-0002-0000-0000-000001000000}">
-      <formula1>INDIRECT(H158)</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I197 I192" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>INDIRECT(H192)</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101006FEDA3CB8E94804F806D323B6854C007" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="89b85a4753469b044cdf8baab9263b63">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e8e22fe-4198-4c93-872a-6b6dec0a4266" xmlns:ns3="d7f80cf4-2863-421f-9003-5cd9b982edd2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a389710935737584a49c43d816f81feb" ns2:_="" ns3:_="">
     <xsd:import namespace="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
     <xsd:import namespace="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
@@ -7091,109 +8243,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e8e22fe-4198-4c93-872a-6b6dec0a4266">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d7f80cf4-2863-421f-9003-5cd9b982edd2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{390D9E8C-70B2-4C19-BA00-38A7F31B5D94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
     <ds:schemaRef ds:uri="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C3F93F-2FE6-49C7-8050-EE8BEDECE07B}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94B0EB77-956C-4F35-BAA9-7145CF9AC5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C3F93F-2FE6-49C7-8050-EE8BEDECE07B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>