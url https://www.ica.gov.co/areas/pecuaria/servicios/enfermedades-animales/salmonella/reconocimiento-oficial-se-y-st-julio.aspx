--- v1 (2025-12-12)
+++ v2 (2026-02-08)
@@ -5,1056 +5,1167 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Lenovo\OneDrive - Instituto Colombiano Agropecuario\Escritorio\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://icaoti-my.sharepoint.com/personal/luz_bohorquez_ica_gov_co/Documents/AVIARES 2026/SALMONELLA/RECONOCIMIENTO LIBRES/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A965DDF3-553F-4C91-BC6D-1FB8D6008D49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="8_{DE8C617C-3C31-4855-A580-37579D35E65F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F15E02B1-21D7-4DFF-87E2-2EA62DB1E948}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$C$3:$K$215</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$C$3:$K$213</definedName>
     <definedName name="DEPARTAMENTOS">'[1]Listas Departamentos'!$A$2:$A$34</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
-      <xlwcv:version setVersion="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1620" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1582" uniqueCount="292">
   <si>
     <t>INSTITUTO COLOMBIANO AGROPECUARIO - PROGRAMA NACIONAL DE CONTROL Y DISMINUCION DE PREVALENCIA DE SALMONELLAS PARATÍFICAS EN GRANJAS AVÍCOLAS COMERCIALES</t>
   </si>
   <si>
     <t>ESTABLECIMIENTO AVÍCOLA</t>
   </si>
   <si>
     <t>EMPRESA (CUANDO AUTORIZA EL USO DE ESTE DATO)</t>
   </si>
   <si>
     <t>MODULO (CUANDO APLIQUE)</t>
   </si>
   <si>
     <t>SISTEMA DE PRODUCCIÓN</t>
   </si>
   <si>
     <t>TIPO DE ESTABLECIMIENTO</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
     <t>ESTADO ACTUAL</t>
   </si>
   <si>
     <t>FECHA DE RECONOCIMIENTO OFICIAL
 (DD/MM/AA)</t>
   </si>
   <si>
-    <t xml:space="preserve">VILLA BLANCA </t>
-[...1 lines deleted...]
-  <si>
     <t>AGROAVICOLA SAN MARINO S.A.</t>
   </si>
   <si>
     <t>MATERIAL GENÉTICO AVIAR</t>
   </si>
   <si>
     <t>GRANJA AVICOLA</t>
   </si>
   <si>
     <t>CUNDINAMARCA</t>
   </si>
   <si>
-    <t>SUESCA</t>
-[...1 lines deleted...]
-  <si>
     <t>RECONOCIDO - VIGENTE</t>
   </si>
   <si>
-    <t>EL PORVENIR</t>
-[...1 lines deleted...]
-  <si>
     <t>NO APLICA</t>
   </si>
   <si>
-    <t>GUADUAS</t>
-[...1 lines deleted...]
-  <si>
     <t>SAN ANTONIO</t>
   </si>
   <si>
-    <t>PLANTA DE INCUBACION RICAURTE</t>
-[...1 lines deleted...]
-  <si>
     <t>PLANTA DE INCUBACION</t>
   </si>
   <si>
-    <t xml:space="preserve">LA MARIA </t>
-[...1 lines deleted...]
-  <si>
     <t>LA MESA</t>
   </si>
   <si>
     <t>AVICOLA MILUC</t>
   </si>
   <si>
+    <t>EL PLACER</t>
+  </si>
+  <si>
+    <t>ARBELAEZ</t>
+  </si>
+  <si>
+    <t>SAN ROQUE</t>
+  </si>
+  <si>
+    <t>FUSAGASUGA</t>
+  </si>
+  <si>
+    <t>SANTA MARIA</t>
+  </si>
+  <si>
+    <t>SASAIMA</t>
+  </si>
+  <si>
+    <t>POLLOS SAVICOL S.A.</t>
+  </si>
+  <si>
+    <t>MANTA</t>
+  </si>
+  <si>
+    <t>FABIPOLLO SAS</t>
+  </si>
+  <si>
+    <t>PARATEBUENO</t>
+  </si>
+  <si>
+    <t>PRADERA</t>
+  </si>
+  <si>
+    <t>KARIOCO SAS</t>
+  </si>
+  <si>
+    <t>SANTANDER</t>
+  </si>
+  <si>
+    <t>SILVANIA</t>
+  </si>
+  <si>
+    <t>ZAPATOCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN SEBASTIAN </t>
+  </si>
+  <si>
+    <t>DISTRAVES S.A.S</t>
+  </si>
+  <si>
+    <t>ARATOCA</t>
+  </si>
+  <si>
+    <t>LISTADO DE ESTABLECIMIENTOS AVÍCOLAS (GRANJAS Y/O MODULOS) RECONOCIDOS COMO LIBRES DE SALMONELLA ENTERITIDIS Y TIPHYMURIUM - RESOLUCION ICA 17754 DE 2019</t>
+  </si>
+  <si>
+    <t>VIENTO LARGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOS SANTOS </t>
+  </si>
+  <si>
+    <t>LA CEIBA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIRALINDO </t>
+  </si>
+  <si>
+    <t>VALLE DE SAN JOSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOS HILACHAS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OIBA </t>
+  </si>
+  <si>
+    <t>COSTA RICA</t>
+  </si>
+  <si>
+    <t>MOGOTES</t>
+  </si>
+  <si>
+    <t>POLLO ANDINO S.A</t>
+  </si>
+  <si>
+    <t>RICAURTE</t>
+  </si>
+  <si>
+    <t>PINCHOTE</t>
+  </si>
+  <si>
+    <t>VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>YOTOCO</t>
+  </si>
+  <si>
+    <t>LA LAJA</t>
+  </si>
+  <si>
+    <t>SAN JUAN</t>
+  </si>
+  <si>
+    <t>AVÍCOLA DEL MAGDALENA S.A.</t>
+  </si>
+  <si>
+    <t>GIRARDOT</t>
+  </si>
+  <si>
+    <t>GUACATA</t>
+  </si>
+  <si>
+    <t>VIJES</t>
+  </si>
+  <si>
+    <t>GUABAL</t>
+  </si>
+  <si>
+    <t>PRONAVICOLA S.A.S</t>
+  </si>
+  <si>
+    <t>GUABAS N1</t>
+  </si>
+  <si>
+    <t>CALIMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROVIDENCIA </t>
+  </si>
+  <si>
+    <t>PORVENIR</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>VILLAVICENCIO</t>
+  </si>
+  <si>
+    <t>JUAN CURI</t>
+  </si>
+  <si>
+    <t>PARAMO</t>
+  </si>
+  <si>
+    <t>LA CONSTANCIA</t>
+  </si>
+  <si>
+    <t>TOLIMA</t>
+  </si>
+  <si>
+    <t>ROVIRA</t>
+  </si>
+  <si>
+    <t>IBAGUÉ</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACION SAN FELIPE</t>
+  </si>
+  <si>
+    <t>MARIQUITA</t>
+  </si>
+  <si>
+    <t>AVIAGEN SA</t>
+  </si>
+  <si>
+    <t>LERIDA</t>
+  </si>
+  <si>
+    <t>HY - LINE COLOMBIA SAS</t>
+  </si>
+  <si>
+    <t>VARSOVIA</t>
+  </si>
+  <si>
+    <t>FRESNO</t>
+  </si>
+  <si>
+    <t>LA TOSCANA</t>
+  </si>
+  <si>
+    <t>MANGOS</t>
+  </si>
+  <si>
+    <t>SAN LUIS</t>
+  </si>
+  <si>
+    <t>EL AGRADO</t>
+  </si>
+  <si>
+    <t>LÍBANO</t>
+  </si>
+  <si>
+    <t>CINCUENTENARIO</t>
+  </si>
+  <si>
+    <t>ALVARADO</t>
+  </si>
+  <si>
+    <t>LA ESPERANZA</t>
+  </si>
+  <si>
+    <t>INCUBADORA LA ESPERANZA</t>
+  </si>
+  <si>
+    <t>AVICOLA LOS CAMBULOS</t>
+  </si>
+  <si>
+    <t>VILLA ROSITA</t>
+  </si>
+  <si>
+    <t>GUABAS N2</t>
+  </si>
+  <si>
+    <t>CACHIPAY</t>
+  </si>
+  <si>
+    <t>ZARAGOZA</t>
+  </si>
+  <si>
+    <t>SAN CRISTOBAL</t>
+  </si>
+  <si>
+    <t>PRIMAVERA</t>
+  </si>
+  <si>
+    <t>VILLANUEVA</t>
+  </si>
+  <si>
+    <t>REY DAVID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SILENCIO </t>
+  </si>
+  <si>
+    <t>EL PINAL</t>
+  </si>
+  <si>
+    <t>BETULIA</t>
+  </si>
+  <si>
+    <t>PEDREGAL</t>
+  </si>
+  <si>
+    <t>FLANDES</t>
+  </si>
+  <si>
+    <t>ESPERANZA PLANTA 1</t>
+  </si>
+  <si>
+    <t>SUÁREZ</t>
+  </si>
+  <si>
+    <t>PALESTINA</t>
+  </si>
+  <si>
+    <t>BRASILIA</t>
+  </si>
+  <si>
+    <t>INDUSTRIA NUTRICIONAL AVICOLA S.A.S</t>
+  </si>
+  <si>
+    <t>LOS ROBLES</t>
+  </si>
+  <si>
+    <t>AVSA S.A.</t>
+  </si>
+  <si>
+    <t>GIRÓN</t>
+  </si>
+  <si>
+    <t>1 Y 2</t>
+  </si>
+  <si>
+    <t>LA LAJITA</t>
+  </si>
+  <si>
+    <t>TERRANOVA</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN ARETAMA</t>
+  </si>
+  <si>
+    <t>INDUSTRIAS ALIMENTICIAS ARETAMA</t>
+  </si>
+  <si>
+    <t>SAN PABLO</t>
+  </si>
+  <si>
+    <t>INCUBACOL S.A.S.</t>
+  </si>
+  <si>
+    <t>PLATINA</t>
+  </si>
+  <si>
+    <t>SAN CARLOS</t>
+  </si>
+  <si>
+    <t>LA LOTERIA</t>
+  </si>
+  <si>
+    <t>DON POLLO SAS</t>
+  </si>
+  <si>
+    <t>QUINDIO</t>
+  </si>
+  <si>
+    <t>CIRCASIA</t>
+  </si>
+  <si>
+    <t>LAGOS</t>
+  </si>
+  <si>
+    <t>ICONONZO</t>
+  </si>
+  <si>
+    <t>OPERADORA AVICOLA COLOMBIA</t>
+  </si>
+  <si>
+    <t>LA CARIDAD</t>
+  </si>
+  <si>
+    <t>CHARCO LARGO</t>
+  </si>
+  <si>
+    <t>LEBRIJA</t>
+  </si>
+  <si>
+    <t>HORMIGA</t>
+  </si>
+  <si>
+    <t>AGUILAS</t>
+  </si>
+  <si>
+    <t>BERMEJAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INCUAVINAR SAS </t>
+  </si>
+  <si>
+    <t>YUMBO</t>
+  </si>
+  <si>
+    <t>DAGUA</t>
+  </si>
+  <si>
+    <t>NIZA 3</t>
+  </si>
+  <si>
+    <t>EL CERRITO</t>
+  </si>
+  <si>
+    <t>LA POLVERA</t>
+  </si>
+  <si>
+    <t>TULUÁ</t>
+  </si>
+  <si>
+    <t>BERAJAH</t>
+  </si>
+  <si>
+    <t>LA ILUSIÓN 4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN ISIDRO </t>
+  </si>
+  <si>
+    <t>COLOMBIANA DE AVES S.A - COLAVES</t>
+  </si>
+  <si>
+    <t>SAN BARTOLOMÉ</t>
+  </si>
+  <si>
+    <t>LA UCHUTA</t>
+  </si>
+  <si>
+    <t>AVICULTURA INDUSTRIAL AVINSA SAS</t>
+  </si>
+  <si>
+    <t>SUPER POLLOS DEL GALPON SAS</t>
+  </si>
+  <si>
+    <t>RESTREPO</t>
+  </si>
+  <si>
+    <t>CALUCE</t>
+  </si>
+  <si>
+    <t>AVIDESA DE OCCIDENTE  S.A</t>
+  </si>
+  <si>
+    <t>PALMIRA</t>
+  </si>
+  <si>
+    <t>DORADO N2</t>
+  </si>
+  <si>
+    <t>N2</t>
+  </si>
+  <si>
+    <t>EL ESPINO</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>LA FONDA</t>
+  </si>
+  <si>
+    <t>RIOFRÍO</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACION VALLE</t>
+  </si>
+  <si>
+    <t>CANDELARIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLANTA DE INCUBACIÓN BOLO </t>
+  </si>
+  <si>
+    <t>GINEBRA</t>
+  </si>
+  <si>
+    <t>BUGA</t>
+  </si>
+  <si>
+    <t>VERDÚN</t>
+  </si>
+  <si>
+    <t>ANDALUCIA</t>
+  </si>
+  <si>
+    <t>VILLA MILENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> REY DAVID</t>
+  </si>
+  <si>
+    <t>VILLA HELENA</t>
+  </si>
+  <si>
+    <t>DIAMANTE</t>
+  </si>
+  <si>
+    <t>EL PROGRESO</t>
+  </si>
+  <si>
+    <t>ANTIOQUEÑA DE INCUBACION</t>
+  </si>
+  <si>
+    <t>ANTIOQUIA</t>
+  </si>
+  <si>
+    <t>HISPANIA</t>
+  </si>
+  <si>
+    <t>PONEDORA COMERCIAL</t>
+  </si>
+  <si>
+    <t>AVICOLA TRIPLE A SAS</t>
+  </si>
+  <si>
+    <t>SHEJINA</t>
+  </si>
+  <si>
+    <t>VILLA ZUNILDE</t>
+  </si>
+  <si>
+    <t>REPRODUCIR GENETICA AVICOLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL VERDE </t>
+  </si>
+  <si>
+    <t>SANTA MONICA</t>
+  </si>
+  <si>
+    <t>2A, 2B, 2C</t>
+  </si>
+  <si>
+    <t>1, 1A, 1B, 1C, 1D,1E</t>
+  </si>
+  <si>
+    <t>5, 5A, 5B</t>
+  </si>
+  <si>
+    <t>2, 11, 35, 38</t>
+  </si>
+  <si>
+    <t>3, 3A, 3B</t>
+  </si>
+  <si>
+    <t>SAN GERMAN</t>
+  </si>
+  <si>
+    <t>VIRGINIA</t>
+  </si>
+  <si>
+    <t>ROSA BLANCA</t>
+  </si>
+  <si>
+    <t>EL ZAQUE</t>
+  </si>
+  <si>
+    <t>TABACAL</t>
+  </si>
+  <si>
+    <t>LAS PUENTES</t>
+  </si>
+  <si>
+    <t>POLLO EL BUCANERO - CARGILL</t>
+  </si>
+  <si>
+    <t>VENTANITAS</t>
+  </si>
+  <si>
+    <t>PIEDECUESTA</t>
+  </si>
+  <si>
+    <t>2, 3, 6</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN VILLA CLAUDIA</t>
+  </si>
+  <si>
+    <t>EL TABLAZO</t>
+  </si>
+  <si>
+    <t>RISARALDA</t>
+  </si>
+  <si>
+    <t>MARSELLA</t>
+  </si>
+  <si>
+    <t>EL HATILLO</t>
+  </si>
+  <si>
+    <t>BARBOSA</t>
+  </si>
+  <si>
+    <t>EL CHIMBORAZO</t>
+  </si>
+  <si>
+    <t>DORADO N3</t>
+  </si>
+  <si>
+    <t>N3</t>
+  </si>
+  <si>
+    <t>DORADO</t>
+  </si>
+  <si>
+    <t>INCUBADORA ZARAGOZA</t>
+  </si>
+  <si>
+    <t>CARTAGO</t>
+  </si>
+  <si>
+    <t>INCUBADORA GINEBRA</t>
+  </si>
+  <si>
+    <t>LOMAGRATA</t>
+  </si>
+  <si>
+    <t>LA SAMARIA</t>
+  </si>
+  <si>
+    <t>TEUSAQUILLO</t>
+  </si>
+  <si>
+    <t>VILLA LAGUNA</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN SUÁREZ</t>
+  </si>
+  <si>
+    <t>SAN JOSE</t>
+  </si>
+  <si>
+    <t>ALABAMA</t>
+  </si>
+  <si>
+    <t>M1</t>
+  </si>
+  <si>
+    <t>FALAN</t>
+  </si>
+  <si>
+    <t>LA LAGUNA</t>
+  </si>
+  <si>
+    <t>VILLA JOHANNA</t>
+  </si>
+  <si>
+    <t>CARACOLES</t>
+  </si>
+  <si>
+    <t>MISTER POLLO</t>
+  </si>
+  <si>
+    <t>LA PRADERA</t>
+  </si>
+  <si>
+    <t>INVERSIONES EL DORADO S.A.S</t>
+  </si>
+  <si>
+    <t>GUAPOTÁ</t>
+  </si>
+  <si>
+    <t>LA FE</t>
+  </si>
+  <si>
+    <t>ESPERANZA PLANTA 2</t>
+  </si>
+  <si>
+    <t>10, 12</t>
+  </si>
+  <si>
+    <t>NUTRIAN SAS</t>
+  </si>
+  <si>
+    <t>MARTINICA</t>
+  </si>
+  <si>
+    <t>LA ILUSIÓN 2</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN AVSA SA</t>
+  </si>
+  <si>
+    <t>HOYO DE LAS PAVAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARRIZAL </t>
+  </si>
+  <si>
+    <t>CHARCO RICO</t>
+  </si>
+  <si>
+    <t>3, 6, 7</t>
+  </si>
+  <si>
+    <t>4, 8</t>
+  </si>
+  <si>
+    <t>FLAMENGO</t>
+  </si>
+  <si>
+    <t>GUACARÍ</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN</t>
+  </si>
+  <si>
+    <t>POTOSI</t>
+  </si>
+  <si>
+    <t>RECREO</t>
+  </si>
+  <si>
+    <t>SANTA ANA</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN AVIMA SA</t>
+  </si>
+  <si>
+    <t>LA VIRGINIA</t>
+  </si>
+  <si>
+    <t>TULIPAN</t>
+  </si>
+  <si>
+    <t>LA AURORA</t>
+  </si>
+  <si>
+    <t>ZONA CENTRAL</t>
+  </si>
+  <si>
+    <t>BOYACÁ</t>
+  </si>
+  <si>
+    <t>TENZA</t>
+  </si>
+  <si>
+    <t>SEVILLA A</t>
+  </si>
+  <si>
+    <t>GUAYABOS</t>
+  </si>
+  <si>
+    <t>SAN FERNANDO</t>
+  </si>
+  <si>
+    <t>TENA</t>
+  </si>
+  <si>
+    <t>GUALANDAY</t>
+  </si>
+  <si>
+    <t>VIOTÁ</t>
+  </si>
+  <si>
+    <t>SAN JAVIER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INCUBADORA BARCELONA </t>
+  </si>
+  <si>
+    <t>CALARCA</t>
+  </si>
+  <si>
+    <t>o</t>
+  </si>
+  <si>
+    <t>MEDIACANOA N1</t>
+  </si>
+  <si>
+    <t>LA PLAYA</t>
+  </si>
+  <si>
+    <t>MI POLLO S.A.S</t>
+  </si>
+  <si>
+    <t>VILLA SONIA</t>
+  </si>
+  <si>
+    <t>MELGAR</t>
+  </si>
+  <si>
+    <t>BENGALA</t>
+  </si>
+  <si>
+    <t>GONAVI SAS</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACIÓN SAN GIL</t>
+  </si>
+  <si>
+    <t>BICENTENARIO</t>
+  </si>
+  <si>
+    <t>CONFINES</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACION DISTRAVES</t>
+  </si>
+  <si>
+    <t>GUAMITO NORMANDIA</t>
+  </si>
+  <si>
+    <t>AVICOLA EL GUAMITO SAS</t>
+  </si>
+  <si>
+    <t>LEVANTE CAJICA</t>
+  </si>
+  <si>
+    <t>SANTA REYES SAS</t>
+  </si>
+  <si>
+    <t>CAJICA</t>
+  </si>
+  <si>
+    <t>AGUALAUTA</t>
+  </si>
+  <si>
     <t>ANOLAIMA</t>
   </si>
   <si>
-    <t>EL PLACER</t>
-[...50 lines deleted...]
-    <t>PARATEBUENO</t>
+    <t>MAPORITA</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>MAÑANITAS 1</t>
+  </si>
+  <si>
+    <t>ZIPACON</t>
+  </si>
+  <si>
+    <t>ISABELLA</t>
+  </si>
+  <si>
+    <t>HAITI</t>
+  </si>
+  <si>
+    <t>PLANTA DE INCUBACION VILLETA</t>
+  </si>
+  <si>
+    <t>TRIANGULO POLLO RICO SAS</t>
   </si>
   <si>
     <t>VILLETA</t>
   </si>
   <si>
-    <t>PRADERA</t>
-[...164 lines deleted...]
-    <t>LERIDA</t>
+    <t>PLANTA DE INCUBACION SAN LORENZO</t>
+  </si>
+  <si>
+    <t>EMPOLLADORA COLOMBIANA</t>
+  </si>
+  <si>
+    <t>EL ÉXITO</t>
+  </si>
+  <si>
+    <t>PALMITA</t>
   </si>
   <si>
     <t>SAN PEDRO</t>
   </si>
   <si>
-    <t>HY - LINE COLOMBIA SAS</t>
-[...572 lines deleted...]
-    <t>PLANTA DE INCUBACIÓN RUMOROSA SECTOR PANTANO</t>
+    <t>ARMERO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF006100"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="10">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
@@ -1070,194 +1181,203 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...23 lines deleted...]
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-      <top style="thin">
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...3 lines deleted...]
-      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Bueno" xfId="1" builtinId="26"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1300,51 +1420,51 @@
           </a:extLst>
         </a:blip>
         <a:srcRect t="23810" b="19048"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76200" y="85725"/>
           <a:ext cx="1781570" cy="685800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\cristian.camacho\OneDrive%20-%20Instituto%20Colombiano%20Agropecuario\CRISTIAN.CAMACHO\2024\01-RESULTADOS%20DE%20LABORATORIO\BD%20%20Pruebas%20Laboratorio%202024.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="2024"/>
       <sheetName val="Listas Departamentos"/>
       <sheetName val="Listas Desplegables"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="A2" t="str">
             <v>_seleccione_</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3" t="str">
             <v>AMAZONAS</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4" t="str">
             <v>ANTIOQUIA</v>
           </cell>
         </row>
         <row r="5">
@@ -1749,6327 +1869,6259 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="C1:O215"/>
+  <dimension ref="C1:K213"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="D1" sqref="D1"/>
-      <selection pane="bottomLeft" activeCell="C109" sqref="C109"/>
+      <selection pane="bottomLeft" activeCell="P206" sqref="P206"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="41.54296875" style="1" customWidth="1"/>
-    <col min="4" max="4" width="44.7265625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="41.5703125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="44.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
-    <col min="6" max="6" width="31.26953125" customWidth="1"/>
+    <col min="6" max="6" width="31.28515625" customWidth="1"/>
     <col min="7" max="7" width="29" customWidth="1"/>
-    <col min="8" max="8" width="24.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="29.453125" customWidth="1"/>
+    <col min="8" max="8" width="24.140625" customWidth="1"/>
+    <col min="9" max="9" width="23.140625" customWidth="1"/>
+    <col min="10" max="10" width="29.42578125" customWidth="1"/>
     <col min="11" max="11" width="20" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:15" ht="66" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="C1" s="20" t="s">
+    <row r="1" spans="3:11" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="24"/>
+    </row>
+    <row r="2" spans="3:11" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+      <c r="K2" s="27"/>
+    </row>
+    <row r="3" spans="3:11" ht="51.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="31" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="31" t="s">
+        <v>4</v>
+      </c>
+      <c r="G3" s="31" t="s">
+        <v>5</v>
+      </c>
+      <c r="H3" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="J3" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="K3" s="32" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C4" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="29">
+        <v>2</v>
+      </c>
+      <c r="F4" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K4" s="30">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="5" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C5" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="6">
+        <v>1</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K5" s="7">
+        <v>46017</v>
+      </c>
+    </row>
+    <row r="6" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C6" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K6" s="7">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="7" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C7" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K7" s="13">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="8" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C8" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="10">
+        <v>45926</v>
+      </c>
+    </row>
+    <row r="9" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C9" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="9">
+        <v>1</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="10">
+        <v>45918</v>
+      </c>
+    </row>
+    <row r="10" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="3">
+        <v>1</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="13">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="11" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C11" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="3">
+        <v>1</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K11" s="13">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="12" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C12" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" s="4">
+        <v>45922</v>
+      </c>
+    </row>
+    <row r="13" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C13" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K13" s="7">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="14" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C14" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K14" s="13">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="15" spans="3:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C15" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K15" s="13">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="16" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C16" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="3">
+        <v>3</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K16" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="17" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C17" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="3">
+        <v>2</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K17" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="18" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C18" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K18" s="4">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="19" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C19" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="3">
+        <v>5</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="4">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="20" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C20" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="3">
+        <v>12</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="J20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="4">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="21" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C21" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="3">
+        <v>1</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K21" s="4">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="22" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C22" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="3">
+        <v>1</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K22" s="4">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="23" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C23" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K23" s="4">
+        <v>45924</v>
+      </c>
+    </row>
+    <row r="24" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="3">
+        <v>2</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K24" s="4">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="25" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C25" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="3">
+        <v>1</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K25" s="13">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="26" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C26" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" s="3">
+        <v>2</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="4">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="27" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C27" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="3">
+        <v>1</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="J27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="28" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C28" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" s="3">
+        <v>1</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K28" s="13">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="29" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C29" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="3">
+        <v>3</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K29" s="13">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="30" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C30" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="3">
+        <v>2</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K30" s="4">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="31" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C31" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="3">
+        <v>3</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="J31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="4">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="32" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C32" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="3">
+        <v>1</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="J32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="4">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="33" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C33" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="3">
+        <v>1</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="4">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="34" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C34" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" s="3">
+        <v>1</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="4">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="35" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C35" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="3">
+        <v>2</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="4">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="36" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C36" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="13">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="37" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C37" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="38" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C38" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="39" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C39" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K39" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="40" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C40" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" s="3">
+        <v>1</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="4">
+        <v>46017</v>
+      </c>
+    </row>
+    <row r="41" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C41" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="J41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K41" s="10">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="42" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C42" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K42" s="4">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="43" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C43" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E43" s="3">
+        <v>2</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K43" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="44" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C44" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E44" s="3">
+        <v>3</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="45" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C45" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K45" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="46" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C46" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E46" s="3">
+        <v>1</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K46" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="47" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C47" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E47" s="3">
+        <v>4</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="4">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="48" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C48" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E48" s="3">
+        <v>3</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="4">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="49" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C49" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K49" s="4">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="50" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C50" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K50" s="4">
+        <v>45939</v>
+      </c>
+    </row>
+    <row r="51" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C51" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K51" s="4">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="52" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C52" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="J52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K52" s="4">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="53" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C53" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K53" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="54" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C54" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="D1" s="21"/>
-[...22 lines deleted...]
-      <c r="C3" s="13" t="s">
+      <c r="J54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K54" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="55" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C55" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K55" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="56" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C56" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="J56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="4">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="57" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C57" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K57" s="4">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="58" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C58" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="J58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="59" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C59" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="4">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="60" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C60" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="4">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="61" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C61" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K61" s="7">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="62" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C62" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E62" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K62" s="4">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="63" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C63" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K63" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="64" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C64" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K64" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="65" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C65" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K65" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="66" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C66" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K66" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="67" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C67" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K67" s="7">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="68" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C68" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" s="7">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="69" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C69" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" s="6">
+        <v>2</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K69" s="7">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="70" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C70" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" s="6">
+        <v>2</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" s="7">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="71" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C71" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K71" s="4">
+        <v>45912</v>
+      </c>
+    </row>
+    <row r="72" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C72" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K72" s="13">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="73" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C73" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E73" s="3">
         <v>1</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="F73" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="J73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" s="4">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="74" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C74" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E74" s="9">
+        <v>1</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="10">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="75" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C75" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E75" s="3">
+        <v>1</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="J75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K75" s="4">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="76" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C76" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E76" s="3">
+        <v>1</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="J76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="77" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C77" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E77" s="3">
+        <v>1</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="J77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="78" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C78" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E78" s="9">
+        <v>1</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="J78" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K78" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="79" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C79" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J79" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" s="13">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="80" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C80" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E80" s="3">
+        <v>4</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" s="13">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="81" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C81" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D81" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E81" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="J81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" s="10">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="82" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C82" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D82" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E82" s="9">
         <v>2</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="F82" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K82" s="10">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="83" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C83" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E83" s="3">
+        <v>1</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="J83" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="4">
+        <v>45917</v>
+      </c>
+    </row>
+    <row r="84" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C84" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E84" s="3">
+        <v>1</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="4">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="85" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C85" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E85" s="3">
+        <v>4</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="J85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" s="4">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="86" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C86" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="J86" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="13">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="87" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C87" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K87" s="13">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="88" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C88" s="16" t="s">
+        <v>230</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K88" s="4">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="89" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C89" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="7">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="90" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C90" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="J90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="4">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="91" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C91" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="4">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="92" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C92" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E92" s="3">
+        <v>4</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="J92" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="4">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="93" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C93" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E93" s="3">
         <v>3</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="F93" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="13">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="94" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C94" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E94" s="3">
         <v>4</v>
       </c>
-      <c r="G3" s="12" t="s">
+      <c r="F94" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="13">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="95" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C95" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E95" s="3">
+        <v>1</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="13">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="96" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C96" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E96" s="3">
+        <v>2</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J96" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="4">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="97" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C97" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J97" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="10">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="98" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C98" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E98" s="3">
+        <v>1</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J98" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="4">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="99" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C99" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E99" s="3">
+        <v>3</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J99" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="4">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="100" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C100" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E100" s="3">
+        <v>1</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K100" s="4">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="101" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C101" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E101" s="3">
+        <v>3</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J101" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K101" s="4">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="102" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C102" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E102" s="3">
+        <v>1</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J102" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="4">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="103" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C103" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E103" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K103" s="10">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="104" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C104" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E104" s="3">
+        <v>1</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J104" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K104" s="4">
+        <v>45911</v>
+      </c>
+    </row>
+    <row r="105" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C105" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E105" s="6">
+        <v>1</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K105" s="7">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="106" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C106" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E106" s="9">
+        <v>1</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K106" s="10">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="107" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C107" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E107" s="3">
+        <v>2</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K107" s="4">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="108" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C108" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E108" s="3">
+        <v>3</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H108" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="4">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="109" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C109" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E109" s="3">
+        <v>1</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="4">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="110" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C110" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E110" s="3">
+        <v>4</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="4">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="111" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C111" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K111" s="4">
+        <v>46004</v>
+      </c>
+    </row>
+    <row r="112" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C112" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E112" s="3">
+        <v>2</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J112" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K112" s="4">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="113" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C113" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E113" s="3">
+        <v>6</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K113" s="4">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="114" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C114" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E114" s="3">
+        <v>7</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K114" s="4">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="115" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C115" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K115" s="4">
+        <v>46004</v>
+      </c>
+    </row>
+    <row r="116" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C116" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E116" s="3">
+        <v>2</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K116" s="4">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="117" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C117" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E117" s="3">
+        <v>1</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="4">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="118" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C118" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E118" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K118" s="10">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="119" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C119" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="J119" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="13">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="120" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C120" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E120" s="3">
+        <v>3</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="4">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="121" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C121" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E121" s="3">
+        <v>1</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="13">
+        <v>45936</v>
+      </c>
+    </row>
+    <row r="122" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C122" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="J122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K122" s="13">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="123" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C123" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E123" s="3">
+        <v>1</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K123" s="4">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="124" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C124" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E124" s="3">
+        <v>4</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K124" s="4">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="125" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C125" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E125" s="3">
+        <v>1</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K125" s="4">
+        <v>45936</v>
+      </c>
+    </row>
+    <row r="126" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C126" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E126" s="3">
+        <v>3</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K126" s="4">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="127" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C127" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E127" s="3">
+        <v>4</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K127" s="4">
+        <v>45938</v>
+      </c>
+    </row>
+    <row r="128" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C128" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E128" s="3">
+        <v>1</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J128" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K128" s="4">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="129" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C129" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E129" s="3">
+        <v>7</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K129" s="4">
+        <v>45936</v>
+      </c>
+    </row>
+    <row r="130" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C130" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E130" s="3">
+        <v>6</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K130" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="131" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C131" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E131" s="3">
+        <v>1</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K131" s="4">
+        <v>45925</v>
+      </c>
+    </row>
+    <row r="132" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C132" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E132" s="3">
+        <v>7</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K132" s="4">
+        <v>45905</v>
+      </c>
+    </row>
+    <row r="133" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C133" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E133" s="3">
+        <v>1</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J133" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K133" s="4">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="134" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C134" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E134" s="3">
+        <v>2</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J134" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K134" s="4">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="135" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C135" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E135" s="3">
+        <v>1</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J135" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K135" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="136" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C136" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E136" s="3">
+        <v>1</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J136" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K136" s="4">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="137" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C137" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E137" s="3">
         <v>5</v>
       </c>
-      <c r="H3" s="12" t="s">
+      <c r="F137" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K137" s="4">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="138" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C138" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E138" s="3">
         <v>6</v>
       </c>
-      <c r="I3" s="12" t="s">
+      <c r="F138" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J138" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K138" s="4">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="139" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C139" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E139" s="3">
+        <v>2</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J139" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K139" s="4">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="140" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C140" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="J140" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K140" s="4">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="141" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C141" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E141" s="3">
+        <v>2</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K141" s="13">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="142" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C142" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E142" s="3">
         <v>7</v>
       </c>
-      <c r="J3" s="12" t="s">
-[...19 lines deleted...]
-      <c r="G4" s="2" t="s">
+      <c r="F142" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="J142" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K142" s="4">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="143" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C143" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E143" s="3">
+        <v>7</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="J143" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K143" s="4">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="144" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C144" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="I144" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="J144" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K144" s="4">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="145" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C145" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="J145" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K145" s="4">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="146" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C146" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="J146" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K146" s="4">
+        <v>45912</v>
+      </c>
+    </row>
+    <row r="147" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C147" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="J147" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K147" s="4">
+        <v>45902</v>
+      </c>
+    </row>
+    <row r="148" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C148" s="14" t="s">
+        <v>249</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="J148" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K148" s="7">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="149" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C149" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K149" s="10">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="150" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C150" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="E150" s="3">
+        <v>4</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J150" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K150" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="151" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C151" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="E151" s="3">
+        <v>5</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J151" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K151" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="152" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C152" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="E152" s="3">
+        <v>6</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="J152" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K152" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="153" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C153" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E153" s="3">
+        <v>2</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J153" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K153" s="4">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="154" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C154" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E154" s="3">
+        <v>2</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J154" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K154" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="155" spans="3:11" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C155" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J155" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K155" s="4">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="156" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C156" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="J156" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K156" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="157" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C157" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K157" s="13">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="158" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C158" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I158" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J158" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K158" s="4">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="159" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C159" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="J159" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K159" s="13">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="160" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C160" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J160" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K160" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="161" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C161" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J161" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K161" s="10">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="162" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C162" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J162" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K162" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="163" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C163" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K163" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="164" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C164" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E164" s="3">
+        <v>1</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J164" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K164" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="165" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C165" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="J165" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K165" s="4">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="166" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C166" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J166" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K166" s="4">
+        <v>45922</v>
+      </c>
+    </row>
+    <row r="167" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C167" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J167" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K167" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="168" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C168" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J168" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K168" s="4">
+        <v>45918</v>
+      </c>
+    </row>
+    <row r="169" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C169" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="D169" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="E169" s="3">
+        <v>1</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G169" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="J169" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K169" s="10">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="170" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C170" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="D170" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="E170" s="9">
+        <v>2</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="J170" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K170" s="10">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="171" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C171" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="D171" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="E171" s="9">
+        <v>3</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="J171" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K171" s="10">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="172" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C172" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I172" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="J172" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K172" s="4">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="173" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C173" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H173" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J173" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K173" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="174" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C174" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H174" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I174" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J174" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K174" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="175" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C175" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="E175" s="3">
+        <v>1</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="J175" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K175" s="4">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="176" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C176" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="D176" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I176" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="J176" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K176" s="4">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="177" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C177" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="D177" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="J177" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K177" s="4">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="178" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C178" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="D178" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J178" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K178" s="4">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="179" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C179" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D179" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E179" s="3">
+        <v>1</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J179" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K179" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="180" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C180" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="I180" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="J180" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K180" s="4">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="181" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C181" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D181" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J181" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K181" s="4">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="182" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C182" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J182" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K182" s="4">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="183" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C183" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="D183" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H183" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="J183" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K183" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="184" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C184" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H184" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I184" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J184" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K184" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="185" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C185" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="D185" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J185" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K185" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="186" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C186" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="J186" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K186" s="4">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="187" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C187" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J187" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K187" s="4">
+        <v>45974</v>
+      </c>
+    </row>
+    <row r="188" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C188" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E188" s="3">
+        <v>4</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H188" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J188" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K188" s="4">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="189" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C189" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="D189" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E189" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="J189" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K189" s="10">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="190" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C190" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="D190" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E190" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H190" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="J190" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K190" s="10">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="191" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C191" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D191" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J191" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K191" s="4">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="192" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C192" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="D192" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J192" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K192" s="4">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="193" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C193" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="D193" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E193" s="3">
+        <v>1</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J193" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K193" s="4">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="194" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C194" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="D194" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E194" s="6">
+        <v>1</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I194" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="J194" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K194" s="7">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="195" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C195" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="D195" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J195" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K195" s="4">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="196" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C196" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D196" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E196" s="3">
+        <v>1</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H196" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I196" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J196" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K196" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="197" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C197" s="11" t="s">
         <v>213</v>
       </c>
-      <c r="J4" s="2" t="s">
-[...261 lines deleted...]
-      <c r="E13" s="16">
+      <c r="D197" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E197" s="3">
         <v>1</v>
       </c>
-      <c r="F13" s="16" t="s">
-[...8 lines deleted...]
-      <c r="I13" s="16" t="s">
+      <c r="F197" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I197" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="J13" s="16" t="s">
-[...13 lines deleted...]
-      <c r="E14" s="6">
+      <c r="J197" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K197" s="4">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="198" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C198" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="D198" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E198" s="9">
         <v>1</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...675 lines deleted...]
-      <c r="I37" s="2" t="s">
+      <c r="F198" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="J198" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K198" s="10">
+        <v>46020</v>
+      </c>
+    </row>
+    <row r="199" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C199" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="J37" s="2" t="s">
-[...924 lines deleted...]
-      <c r="I69" s="2" t="s">
+      <c r="D199" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H199" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="J69" s="2" t="s">
-[...2577 lines deleted...]
-      <c r="I158" s="2" t="s">
+      <c r="I199" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="J158" s="2" t="s">
-[...1189 lines deleted...]
-        <v>16</v>
+      <c r="J199" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="K199" s="4">
         <v>45952</v>
       </c>
     </row>
-    <row r="200" spans="3:11" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="E200" s="2">
+    <row r="200" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C200" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="D200" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J200" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K200" s="4">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="201" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C201" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D201" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K201" s="4">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="202" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C202" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D202" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G202" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J202" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K202" s="4">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="203" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C203" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D203" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E203" s="9">
+        <v>1</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H203" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="J203" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K203" s="10">
+        <v>45987</v>
+      </c>
+    </row>
+    <row r="204" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C204" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D204" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E204" s="3">
         <v>2</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G200" s="2" t="s">
+      <c r="F204" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H204" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J204" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K204" s="10">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="205" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C205" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D205" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E205" s="9">
+        <v>1</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="J205" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K205" s="10">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="206" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C206" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D206" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E206" s="3">
+        <v>1</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H206" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I206" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J206" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K206" s="13">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="207" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C207" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D207" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E207" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J207" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K207" s="10">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="208" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C208" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="D208" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J208" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K208" s="4">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="209" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C209" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D209" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E209" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H209" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="H200" s="2" t="s">
-[...19 lines deleted...]
-      <c r="E201" s="2">
+      <c r="I209" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J209" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K209" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="210" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C210" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I210" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="J210" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="K210" s="10">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="211" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C211" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D211" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E211" s="3">
         <v>1</v>
       </c>
-      <c r="F201" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G201" s="6" t="s">
+      <c r="F211" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H211" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="J211" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K211" s="4">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="212" spans="3:11" x14ac:dyDescent="0.25">
+      <c r="C212" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D212" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E212" s="3">
+        <v>2</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H212" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I212" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="J212" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K212" s="4">
+        <v>45939</v>
+      </c>
+    </row>
+    <row r="213" spans="3:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C213" s="19" t="s">
+        <v>283</v>
+      </c>
+      <c r="D213" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="E213" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="F213" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="H213" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="H201" s="2" t="s">
-[...415 lines deleted...]
-        <v>45874</v>
+      <c r="I213" s="20" t="s">
+        <v>285</v>
+      </c>
+      <c r="J213" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="K213" s="21">
+        <v>46014</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="C3:K215" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C3:C322"/>
+  <autoFilter ref="C3:K213" xr:uid="{00000000-0001-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C4:K213">
+      <sortCondition ref="D3:D213"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="C1:K1"/>
     <mergeCell ref="C2:K2"/>
   </mergeCells>
-  <dataValidations disablePrompts="1" count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H196:H197 H192:H193" xr:uid="{00000000-0002-0000-0000-000000000000}">
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H133 H13 H30 H204" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>DEPARTAMENTOS</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>INDIRECT(H192)</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101006FEDA3CB8E94804F806D323B6854C007" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="89b85a4753469b044cdf8baab9263b63">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e8e22fe-4198-4c93-872a-6b6dec0a4266" xmlns:ns3="d7f80cf4-2863-421f-9003-5cd9b982edd2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a389710935737584a49c43d816f81feb" ns2:_="" ns3:_="">
     <xsd:import namespace="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
     <xsd:import namespace="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8242,110 +8294,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e8e22fe-4198-4c93-872a-6b6dec0a4266">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d7f80cf4-2863-421f-9003-5cd9b982edd2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2C3F93F-2FE6-49C7-8050-EE8BEDECE07B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{390D9E8C-70B2-4C19-BA00-38A7F31B5D94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
     <ds:schemaRef ds:uri="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94B0EB77-956C-4F35-BAA9-7145CF9AC5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="d7f80cf4-2863-421f-9003-5cd9b982edd2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e8e22fe-4198-4c93-872a-6b6dec0a4266"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>