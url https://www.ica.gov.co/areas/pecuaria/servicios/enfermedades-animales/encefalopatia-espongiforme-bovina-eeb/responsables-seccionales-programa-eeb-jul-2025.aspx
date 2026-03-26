--- v0 (2025-10-26)
+++ v1 (2026-03-26)
@@ -1,222 +1,378 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\daniel.mantilla\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\EEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D274537-AA0A-4AC3-B752-BA85281C3FF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD80D67A-789F-43FE-878E-7BBA19319EC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="780" windowWidth="28800" windowHeight="14940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{92EEE0C2-95B6-4D77-B357-BBE514D8C68F}"/>
   </bookViews>
   <sheets>
-    <sheet name="EEB" sheetId="7" r:id="rId1"/>
+    <sheet name="EEB" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...5 lines deleted...]
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>DEPARTAMENTO DE JURISDICCIÓN</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
+    <t>CORREO</t>
+  </si>
+  <si>
     <t>AMAZONAS</t>
   </si>
   <si>
+    <t>JULIANA SEPÚLVEDA HEREDIA</t>
+  </si>
+  <si>
+    <t>juliana.sepulveda@ica.gov.co</t>
+  </si>
+  <si>
     <t>ANTIOQUIA</t>
   </si>
   <si>
+    <t xml:space="preserve">LIBARDO JAVIER ROBLES OROZCO </t>
+  </si>
+  <si>
+    <t>libardo.robles@ica.gov.co</t>
+  </si>
+  <si>
     <t>ARAUCA</t>
   </si>
   <si>
+    <t>NELSON ANDRES GAMEZ PRADA</t>
+  </si>
+  <si>
+    <t>nelson.gamez@ica.gov.co</t>
+  </si>
+  <si>
+    <t>ARCHIPIÉLAGO DE SAN ANDRÉS</t>
+  </si>
+  <si>
+    <t>SHELLEY CHOW SIADO</t>
+  </si>
+  <si>
+    <t>shelley.chow@ica.gov.co</t>
+  </si>
+  <si>
     <t>ATLÁNTICO</t>
   </si>
   <si>
-    <t>BOLÍVAR</t>
-[...2 lines deleted...]
-    <t>BOYACÁ</t>
+    <t>ROLANDO DE JESÚS ESCOBAR GONZALEZ</t>
+  </si>
+  <si>
+    <t>rolando.escobar@ica.gov.co</t>
+  </si>
+  <si>
+    <t>BOLIVAR</t>
+  </si>
+  <si>
+    <t>SERGIO JARABA VERGARA</t>
+  </si>
+  <si>
+    <t>sergio.jaraba@ica.gov.co</t>
+  </si>
+  <si>
+    <t>BOYACA</t>
+  </si>
+  <si>
+    <t>HERNAN JAVIER CUERVO PEÑUELA</t>
+  </si>
+  <si>
+    <t>hernan.cuervo@ica.gov.co</t>
   </si>
   <si>
     <t>CALDAS</t>
   </si>
   <si>
-    <t>CAQUETÁ</t>
+    <t>ANDREA CAROLINA RAMÍREZ BETANCOURT</t>
+  </si>
+  <si>
+    <t>andrea.ramirez@ica.gov.co</t>
+  </si>
+  <si>
+    <t>CAQUETA</t>
+  </si>
+  <si>
+    <t>JESUS AICARDO CASTAÑO MARQUEZ</t>
+  </si>
+  <si>
+    <t>jesus.casaño@ica.gov.co</t>
   </si>
   <si>
     <t>CASANARE</t>
   </si>
   <si>
+    <t>MARCO JULIO FERNANDEZ GARCIA</t>
+  </si>
+  <si>
+    <t>marco.fernandez@ica.gov.co</t>
+  </si>
+  <si>
     <t>CAUCA</t>
   </si>
   <si>
+    <t>HENRY RUBIO URREA</t>
+  </si>
+  <si>
+    <t>henry.rubio@ica.gov.co</t>
+  </si>
+  <si>
     <t>CESAR</t>
   </si>
   <si>
+    <t>ADRIAN RICARDO SANCHEZ HERRERA</t>
+  </si>
+  <si>
+    <t>adrian.sanchez@ica.gov.co</t>
+  </si>
+  <si>
     <t>CHOCÓ</t>
   </si>
   <si>
-    <t>CÓRDOBA</t>
+    <t>LUIS FERNANDO PALACIOS BARAHONA</t>
+  </si>
+  <si>
+    <t>luis.palacios@ica.gov.co</t>
+  </si>
+  <si>
+    <t>CORDOBA</t>
+  </si>
+  <si>
+    <t>JOSE VICTOR CASTAÑEDA TERNERA</t>
+  </si>
+  <si>
+    <t>jose.castaneda@ica.gov.co</t>
   </si>
   <si>
     <t>CUNDINAMARCA</t>
   </si>
   <si>
-    <t>GUAINÍA</t>
+    <t>CLAUDIO NORBERTO RIVERA MONTAÑO</t>
+  </si>
+  <si>
+    <t>claudio.rivera@ica.gov.co</t>
+  </si>
+  <si>
+    <t>GUAINIA</t>
+  </si>
+  <si>
+    <t>NIDIA MARCELA PEREZ RUA</t>
   </si>
   <si>
     <t>nidia.perez@ica.gov.co</t>
   </si>
   <si>
     <t>GUAVIARE</t>
   </si>
   <si>
-    <t>herminda.acebedo@ica.gov.co</t>
+    <t>MANUEL FERNANDO RAMIREZ MILLAN</t>
+  </si>
+  <si>
+    <t>manuel.ramirezm@ica.gov.co</t>
   </si>
   <si>
     <t>HUILA</t>
   </si>
   <si>
-    <t>LA_GUAJIRA</t>
+    <t>LUIS CARLOS RODRIGUEZ ROJAS</t>
+  </si>
+  <si>
+    <t>luis.rodriguez@ica.gov.co</t>
+  </si>
+  <si>
+    <t>LA GUAJIRA</t>
+  </si>
+  <si>
+    <t>MARCIANO FEDERICO DAZA GARZON</t>
+  </si>
+  <si>
+    <t>marciano.daza@ica.gov.co</t>
   </si>
   <si>
     <t>MAGDALENA</t>
   </si>
   <si>
+    <t>JUAN DARIO CORTES HERNANDEZ</t>
+  </si>
+  <si>
+    <t>juan.cortesh@ica.gov.co</t>
+  </si>
+  <si>
     <t>META</t>
   </si>
   <si>
+    <t>MANUEL IGNACIO ARIAS DIAZGRANADOS</t>
+  </si>
+  <si>
+    <t>manuel.arias@ica.gov.co</t>
+  </si>
+  <si>
     <t>NARIÑO</t>
   </si>
   <si>
-    <t>NORTE_DE_SANTANDER</t>
-[...2 lines deleted...]
-    <t>gustavo.jacome@ica.gov.co</t>
+    <t>NADYA THATIANA MARTÍNEZ PATIÑO</t>
+  </si>
+  <si>
+    <t>nadya.martinez@ica.gov.co</t>
+  </si>
+  <si>
+    <t>NORTE DE SANTANDER</t>
+  </si>
+  <si>
+    <t>LUISA FERNANDA SALAZAR GARCIA</t>
+  </si>
+  <si>
+    <t>luisa.salazar@ica.gov.co</t>
   </si>
   <si>
     <t>PUTUMAYO</t>
   </si>
   <si>
-    <t>edwin.moreno@ica.gov.co</t>
-[...5 lines deleted...]
-    <t>jairo.lopez@ica.gov.co</t>
+    <t>EDDIER TAFUR PEÑA</t>
+  </si>
+  <si>
+    <t>eddier.tafur@ica.gov.co</t>
+  </si>
+  <si>
+    <t>QUINDÍO</t>
+  </si>
+  <si>
+    <t>RICARDO TABAREZ LOAIZA</t>
+  </si>
+  <si>
+    <t>ricardo.tabares@ica.gov.co</t>
   </si>
   <si>
     <t>RISARALDA</t>
   </si>
   <si>
-    <t>SAN_ANDRÉS_Y_PROVIDENCIA</t>
-[...2 lines deleted...]
-    <t>leidy.martinez@ica.gov.co</t>
+    <t>JONATHAN ALONSO CARDONA MENDOZA</t>
+  </si>
+  <si>
+    <t>jonathan.cardona@ica.gov.co</t>
   </si>
   <si>
     <t>SANTANDER</t>
   </si>
   <si>
+    <t>JOAQUIN HORACION FLOREZ ESCOBAR</t>
+  </si>
+  <si>
+    <t>joaquin.florez@ica.gov.co</t>
+  </si>
+  <si>
     <t>SUCRE</t>
   </si>
   <si>
+    <t>OMAR JOSE CARDOZO UPARELA</t>
+  </si>
+  <si>
     <t>omar.cardozo@ica.gov.co</t>
   </si>
   <si>
     <t>TOLIMA</t>
   </si>
   <si>
-    <t>VALLE_DEL_CAUCA</t>
+    <t>AMED ALEXIS GONZALEZ MOSSOS</t>
+  </si>
+  <si>
+    <t>amed.gonzalez@ica.gov.co</t>
+  </si>
+  <si>
+    <t>VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ARTURO ALONSO ESTUPIÑAN</t>
+  </si>
+  <si>
+    <t>arturo.alonso@ica.gov.co</t>
   </si>
   <si>
     <t>VAUPÉS</t>
   </si>
   <si>
+    <t>JOHN ALEXANDER LAVAO URIBE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">john.lavao@ica.gov.co </t>
+  </si>
+  <si>
     <t>VICHADA</t>
   </si>
   <si>
-    <t>HERMINDA LILIANA ACEBEDO IRREÑO</t>
-[...17 lines deleted...]
-    <t>CORREO RESPONSABLE</t>
+    <t>CARMEN BLACINA NIÑO SALAZAR</t>
+  </si>
+  <si>
+    <t>carmen.nino@ica.gov.co</t>
   </si>
   <si>
     <t>CORREO GERENCIA SECCIONAL</t>
   </si>
   <si>
     <t>gerencia.amazonas@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.antioquia@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.arauca@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.atlantico@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.bolivar@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.boyaca@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.caldas@ica.gov.co</t>
   </si>
@@ -272,522 +428,483 @@
     <t>gerencia.quindio@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.risaralda@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.sanandres@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.santander@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.sucre@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.tolima@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.valle@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.vaupes@ica.gov.co</t>
   </si>
   <si>
     <t>gerencia.vichada@ica.gov.co</t>
-  </si>
-[...151 lines deleted...]
-    <t>henry.rubio@ica.gov.co</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FF000000"/>
-      <name val="Arial"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...2 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.59999389629810485"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="3" tint="0.749992370372631"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2"/>
+        <fgColor theme="3" tint="0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
-    <cellStyle name="Hyperlink" xfId="2" xr:uid="{FB11404D-AA21-41C9-8521-1326EF4FD565}"/>
+    <cellStyle name="Hyperlink" xfId="2" xr:uid="{470BC391-B515-44AD-BFFB-C4E6D4D3465C}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...22 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -805,65 +922,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -884,625 +1001,633 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgardo.barraza@ica.gov.co" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irma.ramirez@ica.gov.co" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.moreno@ica.gov.co" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marco.fernandez@ica.gov.co" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julieta.sepulveda@ica.gov.co" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mario.turriago@ica.gov.co" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.castaneda@ica.gov.co" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.arias@ica.gov.co" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.molano@ica.gov.co" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustavo.jacome@ica.gov.co" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herminda.acebedo@ica.gov.co" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.rodriguez@ica.gov.co" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor.riscanevo@ica.gov.co" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martha.silva@ica.gov.co" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilber.botia@ica.gov.co" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:libardo.robles@ica.gov.co" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.ramirez@ica.gov.co" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.sanchez@ica.gov.co" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabel.calderon@ica.gov.co" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melva.cardenas@ica.gov.co" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilmar.galindo@ica.gov.co" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roger.nunez@ica.gov.co" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.silvar@ica.gov.co" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hernan.cuervo@ica.gov.co" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres.catano@ica.gov.co" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexander.martinez@ica.gov.co" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres.tellez@ica.gov.co" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adriana.jaramillo@ica.gov.co" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.rodriguez@ica.gov.co" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jairo.lopez@ica.gov.co" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omar.cardozo@ica.gov.co" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herminda.acebedo@ica.gov.co" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimberly.mendoza@ica.gov.co" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.chow@ica.gov.co" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dairon.correa@ica.gov.co" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergio.jaraba@ica.gov.co" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudio.rivera@ica.gov.co" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amed.gonzalez@ica.gov.co" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leidy.martinez@ica.gov.co" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerardo.cometa@ica.gov.co" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwin.moreno@ica.gov.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.jaimes@ica.gov.co" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.perez@ica.gov.co" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:william.forero@ica.gov.co" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabio.manosalva@ica.gov.co" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.mosquera@ica.gov.co" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.zambrano@ica.gov.co" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edyer.gonzalez@ica.gov.co" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.palacios@ica.gov.co" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nidia.perez@ica.gov.co" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lina.zuleta@ica.gov.co" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmer.portilla@ica.gov.co" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henry.rubio@ica.gov.co" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marco.fernandez@ica.gov.co" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.perez@ica.gov.co" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amed.gonzalez@ica.gov.co" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.jaimes@ica.gov.co" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edyer.gonzalez@ica.gov.co" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:william.forero@ica.gov.co" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.silvar@ica.gov.co" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.cortesh@ica.gov.co" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudio.rivera@ica.gov.co" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nidia.perez@ica.gov.co" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergio.jaraba@ica.gov.co" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisa.salazar@ica.gov.co" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonathan.cardona@ica.gov.co" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexander.martinez@ica.gov.co" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilmar.galindo@ica.gov.co" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irma.ramirez@ica.gov.co" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roger.nunez@ica.gov.co" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmen.nino@ica.gov.co" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquin.florez@ica.gov.co" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nelson.gamez@ica.gov.co" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.arias@ica.gov.co" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herminda.acebedo@ica.gov.co" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.chow@ica.gov.co" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.casa&#241;o@ica.gov.co" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuel.ramirezm@ica.gov.co" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arturo.alonso@ica.gov.co" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimberly.mendoza@ica.gov.co" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dairon.correa@ica.gov.co" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliana.sepulveda@ica.gov.co" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.ramirez@ica.gov.co" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marciano.daza@ica.gov.co" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omar.cardozo@ica.gov.co" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.rodriguez@ica.gov.co" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:libardo.robles@ica.gov.co" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgardo.barraza@ica.gov.co" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julieta.sepulveda@ica.gov.co" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.moreno@ica.gov.co" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.chow@ica.gov.co" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor.riscanevo@ica.gov.co" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.sanchez@ica.gov.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.lavao@ica.gov.co" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rolando.escobar@ica.gov.co" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.castaneda@ica.gov.co" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martha.silva@ica.gov.co" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.rodriguez@ica.gov.co" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilber.botia@ica.gov.co" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.tabares@ica.gov.co" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres.tellez@ica.gov.co" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hernan.cuervo@ica.gov.co" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddier.tafur@ica.gov.co" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72B9099F-ED14-4480-8BBD-5A33D4D0B50B}">
   <dimension ref="A1:D33"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F22" sqref="F22"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="K30" sqref="K30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="47" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="39.7109375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="51" style="2" customWidth="1"/>
+    <col min="3" max="3" width="53.85546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="47.7109375" style="2" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="8" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="C1" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>49</v>
+        <v>3</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="12" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>3</v>
-[...22 lines deleted...]
-        <v>51</v>
+        <v>6</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="12" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>52</v>
+        <v>12</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
-[...9 lines deleted...]
-        <v>53</v>
+      <c r="A6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>18</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>55</v>
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>9</v>
-[...11 lines deleted...]
-    <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>10</v>
-[...11 lines deleted...]
-    <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+        <v>27</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>58</v>
+        <v>30</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>59</v>
+        <v>33</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="9" t="s">
-[...9 lines deleted...]
-        <v>60</v>
+      <c r="A13" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>61</v>
+        <v>39</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>62</v>
+        <v>42</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>46</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="15" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
-[...33 lines deleted...]
-        <v>66</v>
+        <v>49</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>22</v>
-[...7 lines deleted...]
-      <c r="D20" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="7" t="s">
         <v>67</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D21" s="17" t="s">
+      <c r="C23" s="22" t="s">
         <v>68</v>
       </c>
-    </row>
-[...25 lines deleted...]
-        <v>70</v>
+      <c r="D23" s="12" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-      <c r="D24" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="11" t="s">
         <v>71</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      <c r="D25" s="17" t="s">
         <v>72</v>
       </c>
+      <c r="B25" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="26" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="4" t="s">
-[...9 lines deleted...]
-        <v>73</v>
+      <c r="A26" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="4" t="s">
-[...9 lines deleted...]
-        <v>74</v>
+      <c r="A27" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="C28" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" s="12" t="s">
         <v>126</v>
       </c>
-      <c r="D28" s="16" t="s">
-[...14 lines deleted...]
-        <v>76</v>
+    </row>
+    <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C29" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>87</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>78</v>
+        <v>90</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
-[...9 lines deleted...]
-        <v>79</v>
+      <c r="A32" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D32" s="23" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A33" s="9" t="s">
-[...9 lines deleted...]
-        <v>80</v>
+      <c r="A33" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="C16" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
-[...49 lines deleted...]
-    <hyperlink ref="C33" r:id="rId51" display="mailto:gerardo.cometa@ica.gov.co" xr:uid="{F3720278-5F97-4C61-A134-303D11793652}"/>
+    <hyperlink ref="C8" r:id="rId1" display="mailto:hernan.cuervo@ica.gov.co" xr:uid="{725D284C-EED6-44F4-80B6-4063E985D966}"/>
+    <hyperlink ref="C16" r:id="rId2" display="mailto:claudio.rivera@ica.gov.co" xr:uid="{B9E0B8A7-9CA9-4869-937A-1DE59875552F}"/>
+    <hyperlink ref="C13" r:id="rId3" display="mailto:adrian.sanchez@ica.gov.co" xr:uid="{1946F4DB-BEDD-46E6-8B21-83423958CAEC}"/>
+    <hyperlink ref="C2" r:id="rId4" display="mailto:juliana.sepulveda@ica.gov.co" xr:uid="{EA5C0497-59C1-4744-9285-FD5D9828E5F1}"/>
+    <hyperlink ref="C33" r:id="rId5" display="mailto:carmen.nino@ica.gov.co" xr:uid="{56BFAC5A-9EF6-4AE9-ABC4-11221B8C6139}"/>
+    <hyperlink ref="C25" r:id="rId6" display="mailto:eddier.tafur@ica.gov.co" xr:uid="{075B5B62-4411-4AC0-B20F-4894996F4334}"/>
+    <hyperlink ref="C21" r:id="rId7" display="mailto:juan.cortesh@ica.gov.co" xr:uid="{1849C356-7082-4308-8C76-52BE6AB5E64A}"/>
+    <hyperlink ref="C5" r:id="rId8" display="mailto:shelley.chow@ica.gov.co" xr:uid="{E0B69AF9-FB22-406D-ACA5-0CA6780D05FC}"/>
+    <hyperlink ref="C9" r:id="rId9" display="mailto:andrea.ramirez@ica.gov.co" xr:uid="{40E42958-A661-40EB-9909-E7F1B2A85489}"/>
+    <hyperlink ref="C10" r:id="rId10" display="mailto:jesus.casaño@ica.gov.co" xr:uid="{CD61040E-F45E-447E-BF6D-70884B72777C}"/>
+    <hyperlink ref="C24" r:id="rId11" display="mailto:luisa.salazar@ica.gov.co" xr:uid="{5B7AEF16-ED81-4C1D-ACB1-C01D5AADF533}"/>
+    <hyperlink ref="C32" r:id="rId12" display="mailto:john.lavao@ica.gov.co" xr:uid="{0B7E7384-1315-4EDE-86C0-CCD3BC01FEAD}"/>
+    <hyperlink ref="C23" r:id="rId13" display="mailto:elmer.portilla@ica.gov.co" xr:uid="{127044C4-A9EF-4A1D-BC3E-7622DF6C619F}"/>
+    <hyperlink ref="C20" r:id="rId14" display="mailto:marciano.daza@ica.gov.co" xr:uid="{0D41334F-98BF-4B23-AC6C-ED5700629856}"/>
+    <hyperlink ref="C28" r:id="rId15" display="mailto:joaquin.florez@ica.gov.co" xr:uid="{46401C20-C19E-4B0D-B7EB-5EACDB261076}"/>
+    <hyperlink ref="C17" r:id="rId16" display="mailto:nidia.perez@ica.gov.co" xr:uid="{9F631129-703F-4436-BF76-73CD8A932357}"/>
+    <hyperlink ref="C6" r:id="rId17" display="mailto:rolando.escobar@ica.gov.co" xr:uid="{24E29CBC-EBB7-49BC-9E6F-23FE1BF36BC4}"/>
+    <hyperlink ref="C12" r:id="rId18" display="mailto:henry.rubio@ica.gov.co" xr:uid="{E9FBAA4E-2599-46CD-9211-7B9A42A9BA76}"/>
+    <hyperlink ref="C18" r:id="rId19" display="mailto:manuel.ramirezm@ica.gov.co" xr:uid="{1F949D75-DF96-434F-8A20-B666416520B3}"/>
+    <hyperlink ref="C26" r:id="rId20" display="mailto:ricardo.tabares@ica.gov.co" xr:uid="{434385BC-AE0E-4BF2-8408-1C29E40C7995}"/>
+    <hyperlink ref="C30" r:id="rId21" display="mailto:amed.gonzalez@ica.gov.co" xr:uid="{AEE8A5F4-CE35-44EA-841D-7DEA96A37DEA}"/>
+    <hyperlink ref="C29" r:id="rId22" display="mailto:omar.cardozo@ica.gov.co" xr:uid="{C7302D18-69D6-4DC7-A004-0C61037FC4BA}"/>
+    <hyperlink ref="C4" r:id="rId23" display="mailto:nelson.gamez@ica.gov.co" xr:uid="{80784D48-DE54-4A46-9279-8699B2B94F5C}"/>
+    <hyperlink ref="C27" r:id="rId24" xr:uid="{0BD2D0F5-0907-4DE5-9916-FE6B61BF06FA}"/>
+    <hyperlink ref="C15" r:id="rId25" xr:uid="{42E26D95-EBCD-40D3-B6F2-DE23FD0FD85B}"/>
+    <hyperlink ref="C11" r:id="rId26" xr:uid="{66AD10E8-49F8-43E5-9EFF-07E084BCC7C9}"/>
+    <hyperlink ref="C19" r:id="rId27" xr:uid="{84DF0D52-1CAF-45E6-9E45-052EAE59A116}"/>
+    <hyperlink ref="C22" r:id="rId28" xr:uid="{054C98C7-716E-4987-A97A-9C553FFEF1EE}"/>
+    <hyperlink ref="C7" r:id="rId29" xr:uid="{7C458952-80FA-4869-BACC-810B2DB6E504}"/>
+    <hyperlink ref="C3" r:id="rId30" xr:uid="{282CE074-A205-40B7-9DCD-913267FF2756}"/>
+    <hyperlink ref="C31" r:id="rId31" xr:uid="{AA7102AF-30B4-4152-80A3-E79B09ED66D5}"/>
+    <hyperlink ref="D26" r:id="rId32" display="alexander.martinez@ica.gov.co" xr:uid="{75180C9A-1BB4-44EC-94CF-84EEF4CC407D}"/>
+    <hyperlink ref="D3" r:id="rId33" display="martha.silva@ica.gov.co" xr:uid="{3B060FA0-AC2C-4E4E-A373-8941FBF74041}"/>
+    <hyperlink ref="D6" r:id="rId34" display="carlos.jaimes@ica.gov.co" xr:uid="{8B15FD22-3E99-482F-AB62-0511D437A737}"/>
+    <hyperlink ref="D7" r:id="rId35" display="edgardo.barraza@ica.gov.co" xr:uid="{7E01EDCC-7A67-417D-B5B4-31B7BF308417}"/>
+    <hyperlink ref="D18" r:id="rId36" display="herminda.acebedo@ica.gov.co" xr:uid="{AF4B108C-0311-4C95-94E0-8A51C0E6025E}"/>
+    <hyperlink ref="D22" r:id="rId37" display="wilmar.galindo@ica.gov.co" xr:uid="{A2391277-F8FB-46C1-A31C-D08526234808}"/>
+    <hyperlink ref="D23" r:id="rId38" display="luis.rodriguez@ica.gov.co" xr:uid="{F7FDD2F7-F2A6-4FF4-969C-53A64F7A5821}"/>
+    <hyperlink ref="D31" r:id="rId39" display="miguel.perez@ica.gov.co" xr:uid="{420D914F-DE46-43EB-8897-F47A2E46E951}"/>
+    <hyperlink ref="D28" r:id="rId40" display="irma.ramirez@ica.gov.co" xr:uid="{1F5F0DD7-4CDD-470F-9373-F1D0A4D53CA5}"/>
+    <hyperlink ref="D13" r:id="rId41" display="andres.tellez@ica.gov.co" xr:uid="{B9CD1C9C-5BC4-49E4-B6CD-65CB28F20198}"/>
+    <hyperlink ref="D8" r:id="rId42" display="edyer.gonzalez@ica.gov.co" xr:uid="{D3485BD3-D6C7-4177-97CF-F0910A7B28ED}"/>
+    <hyperlink ref="D15" r:id="rId43" display="julieta.sepulveda@ica.gov.co" xr:uid="{C5DCDA67-74C3-48F3-A29E-B937C8605A50}"/>
+    <hyperlink ref="D4" r:id="rId44" display="kimberly.mendoza@ica.gov.co" xr:uid="{5850FBD9-5217-4B93-BBCB-4F3DE007D305}"/>
+    <hyperlink ref="D24" r:id="rId45" display="roger.nunez@ica.gov.co" xr:uid="{F0285DCF-8ADA-4B0D-8535-5E4B5BE8340A}"/>
+    <hyperlink ref="D17" r:id="rId46" display="wilber.botia@ica.gov.co" xr:uid="{DA868853-BEE4-41BE-AC21-C6087AEDCB0C}"/>
+    <hyperlink ref="D11" r:id="rId47" display="william.forero@ica.gov.co" xr:uid="{C4442F22-F7D8-40A6-8317-99EBCB286D8C}"/>
+    <hyperlink ref="D25" r:id="rId48" display="ricardo.moreno@ica.gov.co" xr:uid="{763DCFE6-0634-4CC1-89F0-40F399FEDC80}"/>
+    <hyperlink ref="D5" r:id="rId49" display="shelley.chow@ica.gov.co" xr:uid="{2C111372-3073-4CD4-B3EE-E2A60FF273D1}"/>
+    <hyperlink ref="D30" r:id="rId50" display="juan.silvar@ica.gov.co" xr:uid="{96B27238-C550-4D32-9940-BA8F76735641}"/>
+    <hyperlink ref="D2" r:id="rId51" display="victor.riscanevo@ica.gov.co" xr:uid="{5CAD3135-39DF-4E3C-8F2A-2208C4DB30C7}"/>
+    <hyperlink ref="D16" r:id="rId52" display="dairon.correa@ica.gov.co" xr:uid="{35AA166F-F047-4D34-BFBC-8BCB9CB89DC2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId52"/>
-[...11 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EEB</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Carolina Moscoso Veloza</dc:creator>
+  <dc:creator>Johana Carolina Rodriguez Romero</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>