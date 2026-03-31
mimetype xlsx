--- v0 (2025-10-25)
+++ v1 (2026-03-31)
@@ -14,64 +14,64 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\david.duenas\Desktop\USO DIARIO\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12030"/>
   </bookViews>
   <sheets>
     <sheet name="PUBLICACION WEB" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PUBLICACION WEB'!$A$4:$F$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PUBLICACION WEB'!$A$4:$F$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'PUBLICACION WEB'!$B$4:$F$5</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="127">
   <si>
     <t>ORGANISMOS DE INSPECCIÓN AUTORIZADOS EN BRUCELOSIS Y /O TUBERCULOSIS</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>NOMBRE ORGANISMO DE INSPECCION</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>MUNICIPIO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>CORREO</t>
   </si>
   <si>
     <t>SERVIGAN SABANA LIMITADA</t>
   </si>
   <si>
@@ -83,107 +83,99 @@
   <si>
     <t>Calle 23 b # 82 - 42</t>
   </si>
   <si>
     <t>www.servigan.com
 gerencia@servigan.com
 administrativo@servigan.com</t>
   </si>
   <si>
     <t>ASOCIACION DE GANADEROS FACATATIVA</t>
   </si>
   <si>
     <t>organismoinspeccion@gmail.com
 asoganaderos@gmail.com</t>
   </si>
   <si>
     <t>COOPERATIVA DE TRABAJO ASOCIADO GENETICA Y TECNOLOGIA.  GENYTEC</t>
   </si>
   <si>
     <t>ANTIOQUIA</t>
   </si>
   <si>
     <t>MEDELLIN</t>
   </si>
   <si>
-    <t>Calle 74 # 64 a 22
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> coordinadorhl@genytec.com.co
 genytec.organismo@hotmail.com</t>
   </si>
   <si>
     <t>SERVIGAN DEL CARIBE LTDA</t>
   </si>
   <si>
     <t>CORDOBA</t>
   </si>
   <si>
     <t>MONTERIA</t>
   </si>
   <si>
     <t>Carrera 8b # 15 – 21 Urb. Lacharme</t>
   </si>
   <si>
     <t>servigancordoba@gmail.com</t>
   </si>
   <si>
     <t>FEDERACION GANADERA DE CORDOBA - GANACOR</t>
   </si>
   <si>
     <t>Calle 20 # 2cw - 55</t>
   </si>
   <si>
     <t>ANDRES JARAMILLO BERNAL</t>
   </si>
   <si>
     <t>CALDAS</t>
   </si>
   <si>
     <t>MANIZALES</t>
   </si>
   <si>
     <t>CARRERA 23  63-15  OFICINA 1002 </t>
   </si>
   <si>
     <t>oficinaajb@une.net.co</t>
   </si>
   <si>
     <t>SOCIEDAD DE AGRICULTORES Y GANADEROS DE NARIÑO SAGAN</t>
   </si>
   <si>
     <t>NARIÑO</t>
   </si>
   <si>
     <t>PASTO</t>
   </si>
   <si>
-    <t>Avenida Panamericana
-[...2 lines deleted...]
-  <si>
     <t>orgsagan@gmail.com</t>
   </si>
   <si>
     <t>AGROPEC CERTIFICACIONES</t>
   </si>
   <si>
     <t>PUPIALES</t>
   </si>
   <si>
     <t>Carrera 3 # 6 - 36</t>
   </si>
   <si>
     <t>agropec777@gmail.com</t>
   </si>
   <si>
     <t>ESI PRESARAGROP S.A.S</t>
   </si>
   <si>
     <t>CASANARE</t>
   </si>
   <si>
     <t>TAURAMENA</t>
   </si>
   <si>
     <t>Calle 05 # 12 - 15</t>
@@ -342,153 +334,136 @@
   <si>
     <t>UNIVERSIDAD CES</t>
   </si>
   <si>
     <t xml:space="preserve">MEDELLIN </t>
   </si>
   <si>
     <t>Calle 10A # 22 - 04 </t>
   </si>
   <si>
     <t>organismodeinspeccion@ces.edu.co</t>
   </si>
   <si>
     <t>GEA. GRUPO EMPRESARIAL AGROPECUARIO S.A.S</t>
   </si>
   <si>
     <t>GUACHUCAL</t>
   </si>
   <si>
     <t>Carrera 7 # 06 - 62</t>
   </si>
   <si>
     <t>geasas2019@gmail.com</t>
   </si>
   <si>
-    <t>DIAGNOSTICO Y SANIDAD ANIMAL SAS</t>
-[...7 lines deleted...]
-  <si>
     <t>AURA MARIA POSADA RESTREPO</t>
   </si>
   <si>
     <t>SAN PEDRO DE LOS MILAGROS</t>
   </si>
   <si>
     <t>Vereda La Maria</t>
   </si>
   <si>
     <t>northvetorganismo@gmail.com</t>
   </si>
   <si>
     <t>PEDRO RAFAEL FORERO BONILLA</t>
   </si>
   <si>
     <t>CHIQUINQUIRA</t>
   </si>
   <si>
     <t>Calle 11 # 07- 60</t>
   </si>
   <si>
     <t>pedrorafaelmvz@gmail.com</t>
   </si>
   <si>
     <t>COSTAGAN OI</t>
   </si>
   <si>
     <t>ATLANTICO</t>
   </si>
   <si>
     <t>BARRANQUILLA</t>
   </si>
   <si>
     <t>Calle 70b # 38 - 44</t>
   </si>
   <si>
     <t>costaganoi@gmail.com</t>
-  </si>
-[...10 lines deleted...]
-    <t>hatosanooia@gmail.com</t>
   </si>
   <si>
     <t>ASOCIACION REGIONAL DE GANADEROS DE PUERTO BOYACA - ASOREGAN</t>
   </si>
   <si>
     <t>PUERTO BOYACA</t>
   </si>
   <si>
     <t>Carrera 5 Entrada Puerto Boyaca, sector plaza de ferias</t>
   </si>
   <si>
     <t>oia.asoregan@gmail.com</t>
   </si>
   <si>
     <t>oibganacor@gmail.com</t>
   </si>
   <si>
     <t>cbarretov@hotmail.com</t>
   </si>
   <si>
     <t>EL ROSAL</t>
   </si>
   <si>
     <t>CAQUETA</t>
   </si>
   <si>
     <t>SAN VICENTE DEL CAGUAN</t>
   </si>
   <si>
     <t>Calle 05 # 04 a - 06</t>
   </si>
   <si>
     <t>Calle 10 # 04 - 19
 Piso 3 Oficina 306
 Edificio Cooptenjo</t>
   </si>
   <si>
     <t>Calle 32 # 32 - 64 Local 16</t>
   </si>
   <si>
     <t>Carera 25A # 14B - D22
 Manzana 14 Apto 202</t>
   </si>
   <si>
-    <t>Calle 30f  Manzana 2 Lote 3, Barrio Las Gaviotas</t>
+    <t>CRA 43 #61-36  BARRIO VILLAHERMOSA</t>
+  </si>
+  <si>
+    <t>Carrera 40b # 9 - 53 
+Barrio Veracruz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1077,59 +1052,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanimalubate@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oia.asoregan@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vettovar@hotmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clinivetpets2018@outlook.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oibganacor@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbarretov@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrorafaelmvz@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnosticoysanidad@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:costaganoi@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northvetorganismo@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hatosanooia@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:organismodeinspeccion@ces.edu.co" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oia.asoregan@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:organismodeinspeccion@ces.edu.co" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:costaganoi@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northvetorganismo@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clinivetpets2018@outlook.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrorafaelmvz@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vettovar@hotmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbarretov@hotmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanimalubate@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oibganacor@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="B31" sqref="B31"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B58" sqref="B58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="57" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="30.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:6" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="17" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
       <c r="F2" s="19"/>
     </row>
     <row r="3" spans="1:6" ht="62.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
@@ -1162,643 +1137,601 @@
       </c>
       <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <v>2</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="8" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="E6" s="9" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F7" s="10" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <v>4</v>
       </c>
       <c r="B8" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C8" s="9" t="s">
+      <c r="D8" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="E8" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="E8" s="9" t="s">
+      <c r="F8" s="10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="14" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <v>6</v>
       </c>
       <c r="B10" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="9" t="s">
+      <c r="D10" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="D10" s="9" t="s">
+      <c r="E10" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="E10" s="9" t="s">
+      <c r="F10" s="10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="E11" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="10" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>8</v>
       </c>
       <c r="B12" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="9" t="s">
+      <c r="F12" s="10" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="9" t="s">
+      <c r="E13" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="D13" s="9" t="s">
+      <c r="F13" s="10" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <v>10</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="F14" s="14" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="E15" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="D15" s="9" t="s">
+      <c r="F15" s="10" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5">
         <v>12</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="12" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="E17" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="D17" s="9" t="s">
+      <c r="F17" s="10" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>14</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="13" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E19" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="C19" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="9" t="s">
+      <c r="F19" s="10" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="5">
         <v>16</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" s="10" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F21" s="10" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>18</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F22" s="13" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="9" t="s">
         <v>79</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="E23" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="F23" s="10" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="5">
         <v>20</v>
       </c>
       <c r="B24" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="9" t="s">
         <v>83</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="E24" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" s="10" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4">
         <v>21</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="5">
         <v>22</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F26" s="14" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4">
         <v>23</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="F27" s="15" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="5">
         <v>24</v>
       </c>
       <c r="B28" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="E28" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="C28" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="8" t="s">
+      <c r="F28" s="14" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
         <v>25</v>
       </c>
       <c r="B29" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" s="9" t="s">
         <v>101</v>
       </c>
-      <c r="C29" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="9" t="s">
+      <c r="F29" s="14" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="5">
         <v>26</v>
       </c>
       <c r="B30" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="C30" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="8" t="s">
+      <c r="E30" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="E30" s="9" t="s">
+      <c r="F30" s="16" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" s="8" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="F31" s="16" t="s">
+      <c r="F31" s="3" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="5">
         <v>28</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D32" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="E32" s="9" t="s">
         <v>114</v>
       </c>
-      <c r="E32" s="9" t="s">
+      <c r="F32" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...43 lines deleted...]
-    <row r="35" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="33" ht="36" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A4:F31"/>
+  <autoFilter ref="A4:F30"/>
   <mergeCells count="1">
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F14" r:id="rId1"/>
-[...10 lines deleted...]
-    <hyperlink ref="F26" r:id="rId12"/>
+    <hyperlink ref="F26" r:id="rId1"/>
+    <hyperlink ref="F29" r:id="rId2"/>
+    <hyperlink ref="F27" r:id="rId3"/>
+    <hyperlink ref="F22" r:id="rId4"/>
+    <hyperlink ref="F18" r:id="rId5"/>
+    <hyperlink ref="F30" r:id="rId6"/>
+    <hyperlink ref="F31" r:id="rId7" display="mailto:costaganoi@gmail.com"/>
+    <hyperlink ref="F32" r:id="rId8" display="mailto:oia.asoregan@gmail.com"/>
+    <hyperlink ref="F9" r:id="rId9"/>
+    <hyperlink ref="F14" r:id="rId10"/>
   </hyperlinks>
   <pageMargins left="0.75000000000000011" right="0.75000000000000011" top="1" bottom="1" header="0" footer="0"/>
-  <pageSetup fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId13"/>
+  <pageSetup fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId11"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId14"/>
+  <drawing r:id="rId12"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>