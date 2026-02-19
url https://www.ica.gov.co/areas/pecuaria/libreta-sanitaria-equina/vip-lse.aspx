--- v0 (2025-10-24)
+++ v1 (2026-02-19)
@@ -1,7941 +1,13249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11028"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/dianadallos/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://icaoti-my.sharepoint.com/personal/diana_dallos_ica_gov_co1/Documents/1. DTSA_ENF NEUROLOGICAS ROS_EEV/3. PROGRAMAS NEUROLOGICOS/2. EQUINOS 🐴/2. LIBRETA SANITARIA EQUINA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{556BBFAB-D055-6A45-AB4B-B0CE2BF5BB08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2172" documentId="11_5B7D4EB984214A50444E4DCA1232E67EF0D22EBB" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5EF977AD-B614-4E67-B038-05F96B12D689}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="28800" windowHeight="15720" xr2:uid="{4C0A266D-4035-4560-B200-ACF86C8A0AAF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="MZ_MZ HABILITADOS LSE" sheetId="1" r:id="rId1"/>
+    <sheet name="MZ_MZ HABILITADOS LSE" sheetId="11" r:id="rId1"/>
+    <sheet name="2023" sheetId="8" state="hidden" r:id="rId2"/>
+    <sheet name="2024" sheetId="9" state="hidden" r:id="rId3"/>
+    <sheet name="GRUPO 1" sheetId="5" state="hidden" r:id="rId4"/>
+    <sheet name="GRUPO 2" sheetId="6" state="hidden" r:id="rId5"/>
+    <sheet name="GRUPO 3" sheetId="7" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MZ_MZ HABILITADOS LSE'!$B$5:$I$146</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2023'!$B$2:$J$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'2024'!$B$2:$J$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'GRUPO 1'!$A$2:$K$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'GRUPO 2'!$A$2:$K$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'GRUPO 3'!$A$2:$K$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MZ_MZ HABILITADOS LSE'!$A$5:$AH$5</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'GRUPO 1'!$A$1:$K$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'GRUPO 2'!$A$1:$K$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'GRUPO 3'!$A$1:$K$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'GRUPO 1'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'GRUPO 2'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="5">'GRUPO 3'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="903" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1632" uniqueCount="778">
+  <si>
+    <t>AÑO</t>
+  </si>
+  <si>
+    <t>No.</t>
+  </si>
+  <si>
+    <t>NOMBRE COMPLETO</t>
+  </si>
+  <si>
+    <t>DOCUMENTO</t>
+  </si>
+  <si>
+    <t>TP</t>
+  </si>
+  <si>
+    <t>CELULAR</t>
+  </si>
+  <si>
+    <t>EMAIL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIRECCION </t>
+  </si>
+  <si>
+    <t>CIUDAD</t>
+  </si>
+  <si>
+    <t>DEPARTAMENTO</t>
+  </si>
+  <si>
+    <t>PROF</t>
+  </si>
+  <si>
+    <t>OBSERVACIONES</t>
+  </si>
+  <si>
+    <t>INICIO VIGENCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIGENCIA HASTA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FEDEQUINAS </t>
+  </si>
+  <si>
+    <t>Jhon Sebastian Tarquino Ruiz</t>
+  </si>
+  <si>
+    <t>jsebastiantarquino@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 11 # 1-00</t>
+  </si>
+  <si>
+    <t>Cota</t>
+  </si>
+  <si>
+    <t>Cundinamarca</t>
+  </si>
+  <si>
+    <t>MV</t>
+  </si>
+  <si>
+    <t>Enviado en Enero2023</t>
+  </si>
+  <si>
+    <t>ICA20232006145</t>
+  </si>
+  <si>
+    <t>Diego Mauricio Montoya Pastrana</t>
+  </si>
+  <si>
+    <t>diemonpas@hotmail.com</t>
+  </si>
+  <si>
+    <t>Vereda el Noral</t>
+  </si>
+  <si>
+    <t>Copacabana</t>
+  </si>
+  <si>
+    <t>Antioquia</t>
+  </si>
+  <si>
+    <t>Victor Mario Pelaez Cantor</t>
+  </si>
+  <si>
+    <t>adesx19@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 22N 11-75 Barrio Coinca</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Armenia </t>
+  </si>
+  <si>
+    <t>Quindío</t>
+  </si>
+  <si>
+    <t>MVZ</t>
+  </si>
+  <si>
+    <t>Jaiver Alexis Castillo Eregua</t>
+  </si>
+  <si>
+    <t>jaiver_castillo18@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 21 # 6-79 Barrio Américas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arauca </t>
+  </si>
+  <si>
+    <t>Arauca</t>
+  </si>
+  <si>
+    <t>Gustavo Adolfo Martínez Núñez</t>
+  </si>
+  <si>
+    <t>gamn.mvz.rep@gmail.com</t>
+  </si>
+  <si>
+    <t>Circular 36a # 104-47 Balcones de la Colina</t>
+  </si>
+  <si>
+    <t>Floridablanca</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>ASOCABALLOS</t>
+  </si>
+  <si>
+    <t>Andrea Esperanza Olaya Silva</t>
+  </si>
+  <si>
+    <t>andrea270197@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conjunto Villa Concha Casa 3 Vedera Fonqueta </t>
+  </si>
+  <si>
+    <t>Chía</t>
+  </si>
+  <si>
+    <t>Julio Cesar Morantes Rincón</t>
+  </si>
+  <si>
+    <t>mvhorse15@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 145a. # 19-54</t>
+  </si>
+  <si>
+    <t>Bogotá, D.C.</t>
+  </si>
+  <si>
+    <t>ASDEPASO</t>
+  </si>
+  <si>
+    <t>Alejandro Enrique Builes Vanegas</t>
+  </si>
+  <si>
+    <t>alejandrobuies01@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 75 # 65-164</t>
+  </si>
+  <si>
+    <t>Medellín</t>
+  </si>
+  <si>
+    <t>Alejandro Mira Montoya</t>
+  </si>
+  <si>
+    <t>alejandro.miram@udea.edu.co</t>
+  </si>
+  <si>
+    <t>Calle 30C # 42a.-68</t>
+  </si>
+  <si>
+    <t>Angel Felipe Jaramillo Parra</t>
+  </si>
+  <si>
+    <t>felijara2000@yahoo.com</t>
+  </si>
+  <si>
+    <t>Calle 20Sur # 45-70 Ed Prados de Zúñiga</t>
+  </si>
+  <si>
+    <t>Envigado</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Vásquez Laínez</t>
+  </si>
+  <si>
+    <t>carlosandresvasquez9827@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 39A Sur # 43A-161 Portón de alcalá Apto 306</t>
+  </si>
+  <si>
+    <t>FEDEQUINAS</t>
+  </si>
+  <si>
+    <t>Mario Andrés Villa Ruiz</t>
+  </si>
+  <si>
+    <t>docvilla@yahoo.com</t>
+  </si>
+  <si>
+    <t>Calle 138Bis # 6-93 Apto 405 Torre 2</t>
+  </si>
+  <si>
+    <t>Pedro Felipe Mesa Guerra</t>
+  </si>
+  <si>
+    <t>pedromesaguerra@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 5 # 72a-28 Apto 301</t>
+  </si>
+  <si>
+    <t>Juan David Escobar Zuluaga</t>
+  </si>
+  <si>
+    <t>juandvete@gmail.com; buzonmarianaruiz@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 13 Bis # 122-60 Ed Tangara</t>
+  </si>
+  <si>
+    <t>Pereira</t>
+  </si>
+  <si>
+    <t>Risaralda</t>
+  </si>
+  <si>
+    <t>CRINES</t>
+  </si>
+  <si>
+    <t>Vanessa Cifuentes Arredondo</t>
+  </si>
+  <si>
+    <t>vanessa.cifuentes@udea.edu.co</t>
+  </si>
+  <si>
+    <t>Calle 84 # 57-103 Barrio Viviendas del Sur</t>
+  </si>
+  <si>
+    <t>Itagui</t>
+  </si>
+  <si>
+    <t>José David Pallares Sierra</t>
+  </si>
+  <si>
+    <t>josepallaresierra@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 42B # 114-31 Alameda del Río Conjunto Guacamaya Apto 403 Torre 18</t>
+  </si>
+  <si>
+    <t>Barranquilla</t>
+  </si>
+  <si>
+    <t>Atlántico</t>
+  </si>
+  <si>
+    <t>Cristian Adolfo Bedoya Ospina</t>
+  </si>
+  <si>
+    <t>cbedoya@udca.edu.co</t>
+  </si>
+  <si>
+    <t>Andrés Juan Carreño Orozco</t>
+  </si>
+  <si>
+    <t>andresjuancarreno@gamil.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tabio </t>
+  </si>
+  <si>
+    <t>Jorge Luis López Castro</t>
+  </si>
+  <si>
+    <t>jorgelopezmvz@hotmail.com</t>
+  </si>
+  <si>
+    <t>Apartadó</t>
+  </si>
+  <si>
+    <t>María Juliana Bustamante Pérez</t>
+  </si>
+  <si>
+    <t>majuliana97@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 72C # 22D-27</t>
+  </si>
+  <si>
+    <t>Luis Felipe Sepulveda Monroy</t>
+  </si>
+  <si>
+    <t>luisfe611@gmail.com</t>
+  </si>
+  <si>
+    <t>Av Pradilla # 4-114</t>
+  </si>
+  <si>
+    <t>Ana Catalina Duarte Sánchez</t>
+  </si>
+  <si>
+    <t>catydusa@yahoo.com</t>
+  </si>
+  <si>
+    <t>Tabio</t>
+  </si>
+  <si>
+    <t>Víctor Adrian López Olarte</t>
+  </si>
+  <si>
+    <t>adrianlopezmv@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 7A # 31-62 Manzana N Casa 11 Conjunto Nuevo Milenio</t>
+  </si>
+  <si>
+    <t>Sara Helena Romero Carvajal</t>
+  </si>
+  <si>
+    <t>sheleroca@gmail.com</t>
+  </si>
+  <si>
+    <t>Kenny Johanna Gutiérrez Carranza</t>
+  </si>
+  <si>
+    <t>rksolucionesvet@gmail.com; kennyjgc@gmail.com</t>
+  </si>
+  <si>
+    <t>María Patricia Hoffmann Orozco</t>
+  </si>
+  <si>
+    <t>pegaso821@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrera 50 # 100D Sur-189 Apto 501 </t>
+  </si>
+  <si>
+    <t>La Estrella</t>
+  </si>
+  <si>
+    <t>Cristian Camilo Escamilla Triana</t>
+  </si>
+  <si>
+    <t>camiloescamilla@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">San Antonio Pereira - Rionegro </t>
+  </si>
+  <si>
+    <t>Daniel Alberto Camacho Calderón</t>
+  </si>
+  <si>
+    <t>danielcam@hotmail.com</t>
+  </si>
+  <si>
+    <t>Cajicá</t>
+  </si>
+  <si>
+    <t>Diana Isabel Arias Ortiz</t>
+  </si>
+  <si>
+    <t>dianisarias_17@hotmail.com</t>
+  </si>
+  <si>
+    <t>El Retiro</t>
+  </si>
+  <si>
+    <t>Jesus David Badel Medina</t>
+  </si>
+  <si>
+    <t>badeljesus@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 27 # 12a-38 </t>
+  </si>
+  <si>
+    <t>Sincelejo</t>
+  </si>
+  <si>
+    <t>Sucre</t>
+  </si>
+  <si>
+    <t>Laura Catalina García Arango</t>
+  </si>
+  <si>
+    <t>catagarciamvz@gmail.com</t>
+  </si>
+  <si>
+    <t>Manizales</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
+    <t>Juan Sebastián Toro Franco</t>
+  </si>
+  <si>
+    <t>jstfranco@gmail.com</t>
+  </si>
+  <si>
+    <t>María Camila Mejía Cardona</t>
+  </si>
+  <si>
+    <t>mejia.camila1990@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 27A # 37Sur-07 Apto 307 Altos del Escobero</t>
+  </si>
+  <si>
+    <t>Lina María Cardona Giraldo</t>
+  </si>
+  <si>
+    <t>limacar1@yahoo.com</t>
+  </si>
+  <si>
+    <t>Luz Andrea Hernandez Traslaviña</t>
+  </si>
+  <si>
+    <t>mvandreatraslavina@gmail.com</t>
+  </si>
+  <si>
+    <t>Villa del Rosario</t>
+  </si>
+  <si>
+    <t>Norte de Santander</t>
+  </si>
+  <si>
+    <t>Carlos Arturo Casadiegos Claro</t>
+  </si>
+  <si>
+    <t>juditas2@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 7 N # 3E-155 Barrio Ceiba Dos</t>
+  </si>
+  <si>
+    <t>Cúcuta</t>
+  </si>
+  <si>
+    <t>Liliana Polanco Martínez</t>
+  </si>
+  <si>
+    <t>lipoma77@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 7a # 30-74 Barrio Carmenza Rocha</t>
+  </si>
+  <si>
+    <t>Ibagué</t>
+  </si>
+  <si>
+    <t>Tolima</t>
+  </si>
+  <si>
+    <t>Juan Camilo Vélez Correa</t>
+  </si>
+  <si>
+    <t>juancamilovelezc@hotmail.com</t>
+  </si>
+  <si>
+    <t>Andrea Valentina Aguilera Acosta</t>
+  </si>
+  <si>
+    <t>aguiandrea9904@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 167 # 56-25</t>
+  </si>
+  <si>
+    <t>Catalina Ballesteros Puerta</t>
+  </si>
+  <si>
+    <t>saludequinamde@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Km 5.5 Vía El Retiro - Pantillo, Refugio Campestre Montesereno </t>
+  </si>
+  <si>
+    <t>Karol Melissa Morales Tuay</t>
+  </si>
+  <si>
+    <t>karolmoralest07@gmail.com</t>
+  </si>
+  <si>
+    <t>La Ceja</t>
+  </si>
+  <si>
+    <t>Luisa Natalia Peña Torres</t>
+  </si>
+  <si>
+    <t>luisanataliaptorres@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 69 # 1C-116 Apto 202</t>
+  </si>
+  <si>
+    <t>Cali</t>
+  </si>
+  <si>
+    <t>Valle del Cauca</t>
+  </si>
+  <si>
+    <t>Juan Germán Mejía Dávila</t>
+  </si>
+  <si>
+    <t>mdjuan66@gmail.com</t>
+  </si>
+  <si>
+    <t>William Yesid Silva Garzón</t>
+  </si>
+  <si>
+    <t>willsilva_1811@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 10 # 11-63 piso 3</t>
+  </si>
+  <si>
+    <t>Juan Carlos García Riveros</t>
+  </si>
+  <si>
+    <t>jcgarciavet@hotmail.com</t>
+  </si>
+  <si>
+    <t>Laura Alejandra Ordoñez Tinoco</t>
+  </si>
+  <si>
+    <t>lordonez314@gmail.com</t>
+  </si>
+  <si>
+    <t>Guaduas</t>
+  </si>
+  <si>
+    <t>Elkin Crisanto Flórez Villamizar</t>
+  </si>
+  <si>
+    <t>elkincflorez@hotmail.com</t>
+  </si>
+  <si>
+    <t>Bucaramanga</t>
+  </si>
+  <si>
+    <t>Diana Carolina Hernández Figueredo</t>
+  </si>
+  <si>
+    <t>dianaherfi@gmail.com</t>
+  </si>
+  <si>
+    <t>La Calera</t>
+  </si>
+  <si>
+    <t>Laura Fernanda Carvajal Mesa</t>
+  </si>
+  <si>
+    <t>lcarvajal1014@gmail.com</t>
+  </si>
+  <si>
+    <t>Tenjo</t>
+  </si>
+  <si>
+    <t>Henry Arturo Beltran Fonseca</t>
+  </si>
+  <si>
+    <t>henrybeltran29@yahoo.com</t>
+  </si>
+  <si>
+    <t>Laura Posada Carvajal</t>
+  </si>
+  <si>
+    <t>lauraposada.vet@gmail.com</t>
+  </si>
+  <si>
+    <t>Mónica María Sánchez Moreno</t>
+  </si>
+  <si>
+    <t>monykv7@hotmail.com</t>
+  </si>
+  <si>
+    <t>Juan Esteban Ardila Torres</t>
+  </si>
+  <si>
+    <t>juanestebanardila.medvet@gmail.com</t>
+  </si>
+  <si>
+    <t>Andrés Ricardo Forero Ramírez</t>
+  </si>
+  <si>
+    <t>andres.forero87@gmail.com</t>
+  </si>
+  <si>
+    <t>FEDECOLEO</t>
+  </si>
+  <si>
+    <t>Camilo Andrés Valor Ortiz</t>
+  </si>
+  <si>
+    <t>andres.valor10@gmail.com</t>
+  </si>
+  <si>
+    <t>Paz de ariporo</t>
+  </si>
+  <si>
+    <t>Casanare</t>
+  </si>
+  <si>
+    <t>Juanita del Pilar Rico Almanza</t>
+  </si>
+  <si>
+    <t>juanitaricodmv@gmail.com</t>
+  </si>
+  <si>
+    <t>Adriaisi Beatriz Carrero Dieppa</t>
+  </si>
+  <si>
+    <t>tachycarrero@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duitama </t>
+  </si>
+  <si>
+    <t>Boyacá</t>
+  </si>
+  <si>
+    <t>Juan Felipe Mejía Gonzalez</t>
+  </si>
+  <si>
+    <t>felimejia@hotmail.com</t>
+  </si>
+  <si>
+    <t>Isaac Darío Barrera Muñoz</t>
+  </si>
+  <si>
+    <t>ibarreram2297@gmail.com</t>
+  </si>
+  <si>
+    <t>Alberto José Cadena Arroyo</t>
+  </si>
+  <si>
+    <t>dmvalbertocadena@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mosquera </t>
+  </si>
+  <si>
+    <t>Javier Augusto Sarmiento Estupiñan</t>
+  </si>
+  <si>
+    <t>javiersar74@gmail.com</t>
+  </si>
+  <si>
+    <t>Barrancabermeja</t>
+  </si>
+  <si>
+    <t>Ernesto Carlos Martelo Vargas</t>
+  </si>
+  <si>
+    <t>emartelo12@yahoo.es</t>
+  </si>
+  <si>
+    <t>Cartagena</t>
+  </si>
+  <si>
+    <t>Bolivar</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Rojas Sepulveda</t>
+  </si>
+  <si>
+    <t>vetcars@gmail.com</t>
+  </si>
+  <si>
+    <t>El Rosal</t>
+  </si>
+  <si>
+    <t>Oscar Santiago Camelo Paez</t>
+  </si>
+  <si>
+    <t>santicamelo@hotmail.com</t>
+  </si>
+  <si>
+    <t>Choconta</t>
+  </si>
+  <si>
+    <t>Monica Marcela Mogollon Caballero</t>
+  </si>
+  <si>
+    <t>monicamogollonc@yahoo.com</t>
+  </si>
+  <si>
+    <t>Cumaral</t>
+  </si>
+  <si>
+    <t>Meta</t>
+  </si>
+  <si>
+    <t>Maria Paulina Velez Restrepo</t>
+  </si>
+  <si>
+    <t>mpvelez75@hotmail.com</t>
+  </si>
+  <si>
+    <t>Sofia Cadavid Velez</t>
+  </si>
+  <si>
+    <t>socadavid17@gmail.com</t>
+  </si>
+  <si>
+    <t>Juan Carlos Tovar Vega</t>
+  </si>
+  <si>
+    <t>juancarlostovarvega@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tauramena </t>
+  </si>
+  <si>
+    <t>Oscar Mauricio Martínez López</t>
+  </si>
+  <si>
+    <t>mauroveterinario83@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">San Jose del Guaviare </t>
+  </si>
+  <si>
+    <t>Guaviare</t>
+  </si>
+  <si>
+    <t>Martin Antonio Molina Medina</t>
+  </si>
+  <si>
+    <t>romosinuano526@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Puerto carreño </t>
+  </si>
+  <si>
+    <t>Vichada</t>
+  </si>
+  <si>
+    <t>Hugo Fernando Acevedo Riaño</t>
+  </si>
+  <si>
+    <t>mvacevedor@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Villa nueva </t>
+  </si>
+  <si>
+    <t>Carlos Andres Ospina Catimay</t>
+  </si>
+  <si>
+    <t>carlos.andres.ospina@unillanos.edu.co</t>
+  </si>
+  <si>
+    <t xml:space="preserve">La primavera </t>
+  </si>
+  <si>
+    <t>Andres Camilo Parrado Soler</t>
+  </si>
+  <si>
+    <t>andres.parrados@campusucc.edu.co</t>
+  </si>
+  <si>
+    <t>Villavicencio</t>
+  </si>
+  <si>
+    <t>Luisa Fernanda Mora Ricardo</t>
+  </si>
+  <si>
+    <t>Fernandamoraricardo@hotmail.com</t>
+  </si>
+  <si>
+    <t>Wilder Rodrigo Lizarazo Galvis</t>
+  </si>
+  <si>
+    <t>wildervet1@gmail.com</t>
+  </si>
+  <si>
+    <t>Acacias</t>
+  </si>
+  <si>
+    <t>Daniel Esteban Ramirez Ávila</t>
+  </si>
+  <si>
+    <t>daniel.ramirez4@unipamplona.edu.co</t>
+  </si>
+  <si>
+    <t>Aguazul</t>
+  </si>
+  <si>
+    <t>Carlos Eduardo Garcia Bello</t>
+  </si>
+  <si>
+    <t>Carlos_garciabello@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yopal </t>
+  </si>
+  <si>
+    <t>Yeisson Omar López Neite</t>
+  </si>
+  <si>
+    <t>lopezneite.mvz@hotmail.com</t>
+  </si>
+  <si>
+    <t>Tame</t>
+  </si>
+  <si>
+    <t>Gloria Cecilia Obando Cordoba</t>
+  </si>
+  <si>
+    <t>lacliv@hotmail.com</t>
+  </si>
+  <si>
+    <t>Pitalito</t>
+  </si>
+  <si>
+    <t>Huila</t>
+  </si>
+  <si>
+    <t>Cesar Augusto Osorio Navarro</t>
+  </si>
+  <si>
+    <t>osoveterinario@hotmail.com -  osovet754@gmail.com</t>
+  </si>
+  <si>
+    <t>Ibague</t>
+  </si>
+  <si>
+    <t>Richard Alejandro Michel Zamora Castañeda</t>
+  </si>
+  <si>
+    <t>Rescateinca@yahoo.es</t>
+  </si>
+  <si>
+    <t>Ivens Leonardo Zapata Saenz</t>
+  </si>
+  <si>
+    <t>mvzleonardozapata@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Juan Pablo Isaza Gomez </t>
+  </si>
+  <si>
+    <t>Villalaura24@hotmail.com</t>
+  </si>
+  <si>
+    <t>Maria Camila Giraldo Bermudez</t>
+  </si>
+  <si>
+    <t>mariacamila.vet4@gmail.com</t>
+  </si>
+  <si>
+    <t>Luz Yamile Ruiz Gonzalez</t>
+  </si>
+  <si>
+    <t>yamilerui@gmail.com</t>
+  </si>
+  <si>
+    <t>Rio Negro</t>
+  </si>
+  <si>
+    <t>Claudia Milena Clavijo Martinez</t>
+  </si>
+  <si>
+    <t>claudia.Clavijo.mvz@gmil.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luisa Paola Cuevas Torres </t>
+  </si>
+  <si>
+    <t>asistenciamvz@gmail.com</t>
+  </si>
+  <si>
+    <t>Trinidad</t>
+  </si>
+  <si>
+    <t>Pedro Simeon Vega Rodriguez</t>
+  </si>
+  <si>
+    <t>pedrovegavete99hotmail.com</t>
+  </si>
+  <si>
+    <t>Cl 45 No 11ª - 155.</t>
+  </si>
+  <si>
+    <t>Amalia Margarita Perez Inocencio</t>
+  </si>
+  <si>
+    <t>amalia.perez@unillanos.edu.co</t>
+  </si>
+  <si>
+    <t>Julio Armando Gaona Calderon</t>
+  </si>
+  <si>
+    <t>juliogaonac@hotmail.com</t>
+  </si>
+  <si>
+    <t>Medina</t>
+  </si>
+  <si>
+    <t>Jhon Fredy Laiton Medina</t>
+  </si>
+  <si>
+    <t>jhon.laiton@unillanos.edu.co</t>
+  </si>
+  <si>
+    <t>Julian Andres Morales Beltran</t>
+  </si>
+  <si>
+    <t>julian_morales_b@yahoo.com</t>
+  </si>
+  <si>
+    <t>Bernardo Alvarez Calderon</t>
+  </si>
+  <si>
+    <t>bernardoalvarezc@gmail.com</t>
+  </si>
+  <si>
+    <t>Eduardo Alberto Fernandez Perez</t>
+  </si>
+  <si>
+    <t>efernandez694@gmail.com</t>
+  </si>
+  <si>
+    <t>Helmer Fabián Zambrano Cardona</t>
+  </si>
+  <si>
+    <t>fabianzc_03@hotmail.com</t>
+  </si>
+  <si>
+    <t>Puerto Colombia</t>
+  </si>
+  <si>
+    <t>Atlantico</t>
+  </si>
+  <si>
+    <t>Carlos Andres Molina Zuluaga</t>
+  </si>
+  <si>
+    <t>molina3412@hotmail.com</t>
+  </si>
+  <si>
+    <t>Paula Alejandra Rincon Sanchez</t>
+  </si>
+  <si>
+    <t>paularincon9317@gmail.com</t>
+  </si>
+  <si>
+    <t>Juan Gabriel Álvaro Suárez</t>
+  </si>
+  <si>
+    <t>graboaz@hotmail.com</t>
+  </si>
+  <si>
+    <t>Cajica</t>
+  </si>
+  <si>
+    <t>Santiago Titiribí González</t>
+  </si>
+  <si>
+    <t>sastigo84@gmail.com</t>
+  </si>
+  <si>
+    <t>Medellin</t>
+  </si>
+  <si>
+    <t>Juan Pablo Martinez Palacio</t>
+  </si>
+  <si>
+    <t>juanpmp3@hotmail.com</t>
+  </si>
+  <si>
+    <t>Monteria</t>
+  </si>
+  <si>
+    <t>Cordoba</t>
+  </si>
+  <si>
+    <t>Luis Ardila Tavera</t>
+  </si>
+  <si>
+    <t>ardila82mv@hotmail.com</t>
+  </si>
+  <si>
+    <t>Curiti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinsson Alexander Ramos Medina </t>
+  </si>
+  <si>
+    <t>Robinssonramos@gmail.com</t>
+  </si>
+  <si>
+    <t>Diego Andres Cardenas Parra</t>
+  </si>
+  <si>
+    <t>veterinario1_atenea@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chia </t>
+  </si>
+  <si>
+    <t>Luis Alberto Saldarriaga Gomez</t>
+  </si>
+  <si>
+    <t>luis.saldagom@gmail.com</t>
+  </si>
+  <si>
+    <t>Mariluz Hernandez Palacio</t>
+  </si>
+  <si>
+    <t>medequinos@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carmen Voboral</t>
+  </si>
+  <si>
+    <t>Jose Adolfo Montilla Orozco</t>
+  </si>
+  <si>
+    <t>Joc_m11@hotmail.com</t>
+  </si>
+  <si>
+    <t>Fernando Mejía Velasquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">fernandomejiavet@outlook.es </t>
+  </si>
+  <si>
+    <t>Titiribi</t>
+  </si>
+  <si>
+    <t>Jose Fernando Nieto Alvarado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanfernando62@hotmail.com </t>
+  </si>
+  <si>
+    <t>Zipaquira</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Rodriguez Mancera</t>
+  </si>
+  <si>
+    <t>carlosanrodri2001@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sopa </t>
+  </si>
+  <si>
+    <t>Natalia Mejia Romero</t>
+  </si>
+  <si>
+    <t>namero0213@gmail.com</t>
+  </si>
+  <si>
+    <t>Wilmer Esneyder Pardo Herreño</t>
+  </si>
+  <si>
+    <t>esneyderpardo@hotmail.com</t>
+  </si>
+  <si>
+    <t>Velez</t>
+  </si>
+  <si>
+    <t>Lucio Fernando Guio Mojica</t>
+  </si>
+  <si>
+    <t>lucioferguio@hotmail.com</t>
+  </si>
+  <si>
+    <t>Duitama</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boyacá </t>
+  </si>
+  <si>
+    <t>Gabriela Trillos Agudelo</t>
+  </si>
+  <si>
+    <t>gabrielatrillos@gmail.com</t>
+  </si>
+  <si>
+    <t>Yopal</t>
+  </si>
+  <si>
+    <t>Yeison Alejandro Perez Mesa</t>
+  </si>
+  <si>
+    <t>yeisonpm77@gmail.com</t>
+  </si>
+  <si>
+    <t>Santa Rosa de Osos</t>
+  </si>
+  <si>
+    <t>Carlos Andres Diaz Giraldo</t>
+  </si>
+  <si>
+    <t>diazgiraldocarlos.andres@gmail.com</t>
+  </si>
+  <si>
+    <t>Cesar Camilo Calderón Fuentes</t>
+  </si>
+  <si>
+    <t>sincrocasanare@gmail.com</t>
+  </si>
+  <si>
+    <t>Oscar Alberto Casas Camacho</t>
+  </si>
+  <si>
+    <t>oscar.csas@hotmail.com</t>
+  </si>
+  <si>
+    <t>Laura María Ramírez Posada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lalyr85@hotmail.com </t>
+  </si>
+  <si>
+    <t>Rionegro</t>
+  </si>
+  <si>
+    <t>Alfredo Sadot Linero Murcia</t>
+  </si>
+  <si>
+    <t>alinero10@hotmail.com</t>
+  </si>
+  <si>
+    <t>Santa Marta</t>
+  </si>
+  <si>
+    <t>Magdalena</t>
+  </si>
+  <si>
+    <t xml:space="preserve">John Faber Cano Ríos </t>
+  </si>
+  <si>
+    <t xml:space="preserve">fabercanorios@hotmail.com  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verónica Rocha Botia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">verorocha.2603@hotmail.com </t>
+  </si>
+  <si>
+    <t>Paipa</t>
+  </si>
+  <si>
+    <t>Maria Camila Giraldo Posada</t>
+  </si>
+  <si>
+    <t>camilagipo@gmail.com</t>
+  </si>
+  <si>
+    <t>Santiago Tobar Jara</t>
+  </si>
+  <si>
+    <t>s.tabor.j@hotmail.com</t>
+  </si>
+  <si>
+    <t>Nicolle Alejandra Moreno Diaz</t>
+  </si>
+  <si>
+    <t>nicolmoreno0503@gmail.com</t>
+  </si>
+  <si>
+    <t>Vega</t>
+  </si>
+  <si>
+    <t>Francisco Manuel Del Busto Susatama</t>
+  </si>
+  <si>
+    <t>franciscomdbs9@hotmail.com</t>
+  </si>
+  <si>
+    <t>Bojaca</t>
+  </si>
+  <si>
+    <t>Jefferson Julian Ariza Diaz</t>
+  </si>
+  <si>
+    <t>mesmo143@gmail.com</t>
+  </si>
+  <si>
+    <t>Hernan Dario Montes Pavas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hernandmp41@gmail.com, </t>
+  </si>
+  <si>
+    <t>La Ceja del Tombo</t>
+  </si>
+  <si>
+    <t>Susana Diez Castro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">susanadiezc@icloud.com </t>
+  </si>
+  <si>
+    <t>Zuleima Mercedes Gonzalez Martinez</t>
+  </si>
+  <si>
+    <t>Zgonzalez763@gmail.com</t>
+  </si>
+  <si>
+    <t>Floresta</t>
+  </si>
+  <si>
+    <t>Gloria Pauila Romero Rueda</t>
+  </si>
+  <si>
+    <t>fincacalifornia@gmail.com</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Zuluaga Yepes</t>
+  </si>
+  <si>
+    <t>rczuluaga@hotmail.com</t>
+  </si>
+  <si>
+    <t>William Niño Navas</t>
+  </si>
+  <si>
+    <t>minonavaswilliam@gmail.com</t>
+  </si>
+  <si>
+    <t>Santa  Marta</t>
+  </si>
+  <si>
+    <t>Edgar Giovanni Mejia Duarte</t>
+  </si>
+  <si>
+    <t>mvzgiovannimejia@gmail.com</t>
+  </si>
+  <si>
+    <t>Sebastian Peñuela Lopez</t>
+  </si>
+  <si>
+    <t>spenuelal@gmail.com</t>
+  </si>
+  <si>
+    <t>Augusto Gomez Pinzon</t>
+  </si>
+  <si>
+    <t>agustogomezpinzon@gmail.com</t>
+  </si>
+  <si>
+    <t>Sogamoso</t>
+  </si>
+  <si>
+    <t>Maria Cristina Ochoa Escobar</t>
+  </si>
+  <si>
+    <t>medicosequinos@gmail.com</t>
+  </si>
+  <si>
+    <t>Sabaneta</t>
+  </si>
+  <si>
+    <t>Hugo Andres Pirazan Becerra</t>
+  </si>
+  <si>
+    <t>tordillo96@hotmail.com</t>
+  </si>
+  <si>
+    <t>Tunja</t>
+  </si>
+  <si>
+    <t>Werner Vargas Biermann</t>
+  </si>
+  <si>
+    <t>wernermvet@gmail.com</t>
+  </si>
+  <si>
+    <t>Chiquinquira</t>
+  </si>
+  <si>
+    <t>Manuela Montoya Espinosa</t>
+  </si>
+  <si>
+    <t>manuelamontayamvz@gmail.com</t>
+  </si>
+  <si>
+    <t>Juan Nicolas Tobon Alvarez</t>
+  </si>
+  <si>
+    <t>juanicolastobon@hotmail.com</t>
+  </si>
+  <si>
+    <t>Juan Felipe Ossa Bernal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">felipe.ossa17@gmail.com </t>
+  </si>
+  <si>
+    <t>Carlos Felipe Arias Vasquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">felipe.3.a@hotmail.com </t>
+  </si>
+  <si>
+    <t>Camilo Fernando Camargo Bohada</t>
+  </si>
+  <si>
+    <t>mv.camilocamargo@gmail.com</t>
+  </si>
+  <si>
+    <t>Daniel Ricardo Nieto Sarmiento</t>
+  </si>
+  <si>
+    <t>danielrinieto1@gmail.com</t>
+  </si>
+  <si>
+    <t>Daniel Francisco Borraez Quintana</t>
+  </si>
+  <si>
+    <t>dborraez@udca.edu.co</t>
+  </si>
+  <si>
+    <t>Mario Fernando Ricardo Trujillo</t>
+  </si>
+  <si>
+    <t>ricardomario029@gmail.com</t>
+  </si>
+  <si>
+    <t>Florencia</t>
+  </si>
+  <si>
+    <t>Caqueta</t>
+  </si>
+  <si>
+    <t>Enrique Vargas Maldonado</t>
+  </si>
+  <si>
+    <t>reproductionanimallarge@gmail.com</t>
+  </si>
+  <si>
+    <t>Santiago Ortiz Bermudez</t>
+  </si>
+  <si>
+    <t>santiagoortiz_13@hotmail.com</t>
+  </si>
+  <si>
+    <t>Ciudad Bolivar</t>
+  </si>
+  <si>
+    <t>Cristian Camilo Vargas Gomez</t>
+  </si>
+  <si>
+    <t>mvcamilovargasgomez@gmail.com</t>
+  </si>
+  <si>
+    <t>Juan Jose Toro Betancur</t>
+  </si>
+  <si>
+    <t>juanjotoro2008@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carlos Eduardo Rubiano Rivadeneira</t>
+  </si>
+  <si>
+    <t>errivadeneira@hotmail.com</t>
+  </si>
+  <si>
+    <t>Edwin Ferney Beltran Diaz</t>
+  </si>
+  <si>
+    <t>edwinbeltran7@hotmail.com</t>
+  </si>
+  <si>
+    <t>Oiba</t>
+  </si>
+  <si>
+    <t>Pablo Arturo Agudelo Agudelo</t>
+  </si>
+  <si>
+    <t>Pabloagudelomv@gmail.com</t>
+  </si>
+  <si>
+    <t>Valentina Palomino Cerquera</t>
+  </si>
+  <si>
+    <t>valentinapalominocerquera.vp@gmail.com</t>
+  </si>
+  <si>
+    <t>Alberto Alejandro Niño Buitrago</t>
+  </si>
+  <si>
+    <t>Alberto.provetzoo@gmail.com</t>
+  </si>
+  <si>
+    <t>Camilo Andres Hernandez Guzman</t>
+  </si>
+  <si>
+    <t>cahg2006@gmail.com</t>
+  </si>
+  <si>
+    <t>Sarita Henao Marin</t>
+  </si>
+  <si>
+    <t>saritah m.sh@gmail.com</t>
+  </si>
+  <si>
+    <t>Ayhison Yused Henao Vargas</t>
+  </si>
+  <si>
+    <t>ayhison@gmail.com</t>
+  </si>
+  <si>
+    <t>Ana Maria Gutierrez Salazar</t>
+  </si>
+  <si>
+    <t>anamariag1901@gmail.com</t>
+  </si>
+  <si>
+    <t>Simon Campuzano Duque</t>
+  </si>
+  <si>
+    <t>simoncampuzano@gmail.com</t>
+  </si>
+  <si>
+    <t>Elkin Rolando Ortegon Parra</t>
+  </si>
+  <si>
+    <t>elkinortegon10@icloud.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yeisson Yesid Robles Yaruro </t>
+  </si>
+  <si>
+    <t xml:space="preserve">yeissonyesidroblesy15@gmail.com </t>
+  </si>
+  <si>
+    <t>Aguachica</t>
+  </si>
+  <si>
+    <t>Cesar</t>
+  </si>
+  <si>
+    <t>Yefer Orlando Zambrano Acosta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">yefervet@gmail.com </t>
+  </si>
+  <si>
+    <t>David Fernando Forero Acevedo</t>
+  </si>
+  <si>
+    <t>dafefo83@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro Alexander Grass Altuve </t>
+  </si>
+  <si>
+    <t xml:space="preserve">pedrograssmvz@mail.com </t>
+  </si>
+  <si>
+    <t>Jorge Isaac Montoya Montoya</t>
+  </si>
+  <si>
+    <t>jimontoya@jdc.edu.co</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis Manuel Moron Moron </t>
+  </si>
+  <si>
+    <t xml:space="preserve">luismamoron@gmail.com </t>
+  </si>
+  <si>
+    <t>Valledupar</t>
+  </si>
+  <si>
+    <t>Daniel Eduardo Diaz Garrido</t>
+  </si>
+  <si>
+    <t>danieledo.diaz@gmail.com</t>
+  </si>
+  <si>
+    <t>Luisa Fernanda Osorno Restrepo</t>
+  </si>
+  <si>
+    <t>luisaosornox@hotmail.com</t>
+  </si>
+  <si>
+    <t>Donmatias</t>
+  </si>
+  <si>
+    <t>María Camila Restrepo Angel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">camilarestrepo.mvz@gmail.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Freddy Alberto Franco Esquivia </t>
+  </si>
+  <si>
+    <t>Franque14@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro David Mujica </t>
+  </si>
+  <si>
+    <t xml:space="preserve">doctorpetermv@hotmail.com </t>
+  </si>
+  <si>
+    <t>Puero Berrio</t>
+  </si>
+  <si>
+    <t>Johan David Montoya Vasquez</t>
+  </si>
+  <si>
+    <t>johan.montoya@unipaz.edu.co</t>
+  </si>
+  <si>
+    <t>Diego Alejandro Chisino Merchan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">diegochisinom@gmail.com </t>
+  </si>
+  <si>
+    <t>Jaiden Heberto Rincón Salazar</t>
+  </si>
+  <si>
+    <t>jaherisa@gmail.com</t>
+  </si>
+  <si>
+    <t>Támesis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Humberto Edgardo Arrázola Torres </t>
+  </si>
+  <si>
+    <t>humbevet@hotmail.com</t>
+  </si>
+  <si>
+    <t>Manuel Ricardo Rodríguez Maldonado</t>
+  </si>
+  <si>
+    <t>muequeta.vet@gmail.com</t>
+  </si>
+  <si>
+    <t>Valentina Duran Gonzalez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">valendurangonzalez@gmail.com </t>
+  </si>
+  <si>
+    <t>Fabio Orlando Riveros Castillo</t>
+  </si>
+  <si>
+    <t>orcass1@hotmail.com</t>
+  </si>
+  <si>
+    <t>Jenny Paola Toro Naranjo</t>
+  </si>
+  <si>
+    <t>jepa_toro@hotmail.com</t>
+  </si>
+  <si>
+    <t>Manizalez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catalina Londoño Rendon </t>
+  </si>
+  <si>
+    <t>ktica1391@hotmail.com</t>
+  </si>
+  <si>
+    <t>Alex Simon Losada Mañosca</t>
+  </si>
+  <si>
+    <t>alexmvz100@hotmail.com</t>
+  </si>
+  <si>
+    <t>La Plata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fredy Hernando Castro Caballero </t>
+  </si>
+  <si>
+    <t>caballerocavalier300@gmail.com</t>
+  </si>
+  <si>
+    <t>Bogotá</t>
+  </si>
+  <si>
+    <t>Juan Manuel Giraldo Rendon</t>
+  </si>
+  <si>
+    <t>mvzjuanmgiraldo@gmail.com</t>
+  </si>
+  <si>
+    <t>Arjona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis Hernan Pineda Giraldo </t>
+  </si>
+  <si>
+    <t>luping322@yahoo.es</t>
+  </si>
+  <si>
+    <t>María Antonia Escudero Tobón</t>
+  </si>
+  <si>
+    <t>mvz.mariantoniaescuderotobon@gmail.com</t>
+  </si>
+  <si>
+    <t>Planeta Rica</t>
+  </si>
+  <si>
+    <t>Dinora Daza</t>
+  </si>
+  <si>
+    <t>mvzdaza1981@gmail.com</t>
+  </si>
+  <si>
+    <t>Cyntia Natalia Rojas Polanco</t>
+  </si>
+  <si>
+    <t>cyntia@lfrojasp.com</t>
+  </si>
+  <si>
+    <t>Neiva</t>
+  </si>
+  <si>
+    <t>Juan Pablo Leal Riveros</t>
+  </si>
+  <si>
+    <t>juanpablolealriveros@gmail.com</t>
+  </si>
+  <si>
+    <t>Carolina Posada Gomez</t>
+  </si>
+  <si>
+    <t>carolinaposadag.mvz@gmail.com</t>
+  </si>
+  <si>
+    <t>Galapa</t>
+  </si>
+  <si>
+    <t>Eduar Gonzalo Villegas de Toro</t>
+  </si>
+  <si>
+    <t>edugol_9@hotmail.com</t>
+  </si>
+  <si>
+    <t>Turbaco</t>
+  </si>
+  <si>
+    <t>Andrea Solano Sandoval</t>
+  </si>
+  <si>
+    <t>andreasolanovet@gmail.com</t>
+  </si>
+  <si>
+    <t>Circasia</t>
+  </si>
+  <si>
+    <t>Quindio</t>
+  </si>
+  <si>
+    <t>Christhiam Camilo Garcia Cadena</t>
+  </si>
+  <si>
+    <t>camilomellos@hotmail.com</t>
+  </si>
+  <si>
+    <t>La Mesa</t>
+  </si>
+  <si>
+    <t>Laura Vivianne Castro Serrano</t>
+  </si>
+  <si>
+    <t>lavcastrose@icloud.com</t>
+  </si>
+  <si>
+    <t>Manuel Francisco Gomez Pedraza</t>
+  </si>
+  <si>
+    <t>manologomez35@hotmail.com</t>
+  </si>
+  <si>
+    <t>Ubate</t>
+  </si>
+  <si>
+    <t>Nicole Méndez González</t>
+  </si>
+  <si>
+    <t>nicolemendez08@hotmail.com</t>
+  </si>
+  <si>
+    <t>Salomé Piedrahita Pineda</t>
+  </si>
+  <si>
+    <t>salome.ppineda@gmail.com</t>
+  </si>
+  <si>
+    <t>Guarne</t>
+  </si>
+  <si>
+    <t>Alison Dayann Sierra Rincon</t>
+  </si>
+  <si>
+    <t>alisierra10@hotmail.com</t>
+  </si>
+  <si>
+    <t>Luis Gabriel Quintana Herrera</t>
+  </si>
+  <si>
+    <t>mvz_luisgabrielquintana@hotmail.com</t>
+  </si>
+  <si>
+    <t>Rubén Darío de Jesús Estrada Caro</t>
+  </si>
+  <si>
+    <t>vete_quinos@hotmail.com</t>
+  </si>
+  <si>
+    <t>David Andres Vallejo Osorio</t>
+  </si>
+  <si>
+    <t>davidandresvallejoo@gmail.com</t>
+  </si>
+  <si>
+    <t>Luis Alberto Chaparro Rojas</t>
+  </si>
+  <si>
+    <t>lualcha2@hotmail.com</t>
+  </si>
+  <si>
+    <t>Marcela Lucia Arango Botero</t>
+  </si>
+  <si>
+    <t>mlab26@hotmail.com</t>
+  </si>
+  <si>
+    <t>Fusagasuga</t>
+  </si>
+  <si>
+    <t>Juan Fernando Nuñez Rojas</t>
+  </si>
+  <si>
+    <t>juanfern1213@gmail.com</t>
+  </si>
+  <si>
+    <t>Puerto Lopez</t>
+  </si>
+  <si>
+    <t>Natalia Julieth Lizarazo Barrera</t>
+  </si>
+  <si>
+    <t>natylizarazobarrera@gmail.com</t>
+  </si>
+  <si>
+    <t>Mariana Zapata Parra</t>
+  </si>
+  <si>
+    <t>marianazapatavet@gmail.com</t>
+  </si>
+  <si>
+    <t>Yesid Nicolas Lora Manjarres</t>
+  </si>
+  <si>
+    <t>mvzlora29@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barranquilla </t>
+  </si>
   <si>
     <t xml:space="preserve">SUBGERENCIA DE PROTECCIÓN ANIMAL </t>
   </si>
   <si>
     <t xml:space="preserve">DIRECCIÓN TÉCNICA DE SANIDAD ANIMAL </t>
   </si>
   <si>
     <t>LISTA DE MEDICOS VETERINARIOS / MEDICOS VETERINARIOS ZOOTECNISTAS INSCRITOS PARA EL TRAMITE DE LA LIBRETA SANITARIA EQUINA</t>
   </si>
   <si>
-    <t>AÑO</t>
-[...1 lines deleted...]
-  <si>
     <t>PRESENTADO</t>
   </si>
   <si>
-    <t>No.</t>
-[...1418 lines deleted...]
-    <t>Actualizada 11 julio de 2025</t>
+    <t>22 de Diciembre 2025</t>
+  </si>
+  <si>
+    <t>LISTA INSCRITOS HABILITACIÓN TRAMITE LIBRETA SANITARIA EQUINA 2023</t>
+  </si>
+  <si>
+    <t>COMBRE COMPLETO</t>
+  </si>
+  <si>
+    <t>Memorando</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fecha </t>
+  </si>
+  <si>
+    <t>Preradicado</t>
+  </si>
+  <si>
+    <t>LISTA INSCRITOS HABILITACIÓN TRAMITE LIBRETA SANITARIA EQUINA 2022</t>
+  </si>
+  <si>
+    <t>GRUPO</t>
+  </si>
+  <si>
+    <t>GRUPO 1</t>
+  </si>
+  <si>
+    <t>Carrera 3 # 3-55 apto 307 Los Alisos</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cundinamarca</t>
+  </si>
+  <si>
+    <t>GRUPO 3</t>
+  </si>
+  <si>
+    <t>Andrés García Sánchez</t>
+  </si>
+  <si>
+    <t>andresmv84@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 5 Calle 28 Esquina # 4D Local 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tolima</t>
+  </si>
+  <si>
+    <t>Andrés Marcelo Sanabria Villate</t>
+  </si>
+  <si>
+    <t>andressanbriamvz@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 17A # 5-111 Balcones de Alcalá Torre A Apto 301</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Boyacá</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Antioquia</t>
+  </si>
+  <si>
+    <t>Carrera 43A # 25B Sur-108 Int 120</t>
+  </si>
+  <si>
+    <t>Eduardo Hernández Laverde</t>
+  </si>
+  <si>
+    <t>registros@asocaba.com</t>
+  </si>
+  <si>
+    <t>Fernando Estrada Jiménez</t>
+  </si>
+  <si>
+    <t>3152813370/3155632465</t>
+  </si>
+  <si>
+    <t>estrada60@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 6A # 50-40 Apto 101B</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Valle del Cauca</t>
+  </si>
+  <si>
+    <t>Joaquín Pablo González Núñez</t>
+  </si>
+  <si>
+    <t>gonzalezjoaquinpablo@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 12 # 14-86 Barrio Manizales</t>
+  </si>
+  <si>
+    <t>San Pedro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sucre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Atlántico</t>
+  </si>
+  <si>
+    <t>Carrera 48 # 131 Sur-18</t>
+  </si>
+  <si>
+    <t>Km 1 Vía Tabio - Tenjo Parcelación Termales - Conjunto Residencial de San José Torre 5 Apto 404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barrio las Orquídeas, Bloque A, casa 10 </t>
+  </si>
+  <si>
+    <t>Une</t>
+  </si>
+  <si>
+    <t>Carrera 4 # 4-10 Barrio Simón Bolívar</t>
+  </si>
+  <si>
+    <t>Chaguaní</t>
+  </si>
+  <si>
+    <t>Leidy Laura  Álvarez Arias</t>
+  </si>
+  <si>
+    <t>laveterinaria1305@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 25 # 58DD-37 Barrio Nuevo</t>
+  </si>
+  <si>
+    <t>Bello</t>
+  </si>
+  <si>
+    <t>Luis Manuel Moron Moron</t>
+  </si>
+  <si>
+    <t>luismamoron@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 1 # 23-260 Rosario Norte 1 Mz Casa 03</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cesar</t>
+  </si>
+  <si>
+    <t>Orlando Méndez Reinoso</t>
+  </si>
+  <si>
+    <t>omerocubas@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 19B # 154-46 Casa 1</t>
+  </si>
+  <si>
+    <t>Robinson Alexander  Ramos Medina</t>
+  </si>
+  <si>
+    <t>robinssonramos@gmail.com</t>
+  </si>
+  <si>
+    <t>Manzana 8 Casa 20 Reserva de Santa Rita</t>
+  </si>
+  <si>
+    <t>Sonia Alejandra Fernández Vargas</t>
+  </si>
+  <si>
+    <t>alejafer05@hotmail.com</t>
+  </si>
+  <si>
+    <t>Transversal 60 Sur # 59-24 Sur</t>
+  </si>
+  <si>
+    <t>GRUPO 2</t>
+  </si>
+  <si>
+    <t>Ana Belén Carvajal Rodríguez</t>
+  </si>
+  <si>
+    <t>azucenta-40@hotmail.com</t>
+  </si>
+  <si>
+    <t>AV 9AE # 2N-32 Casa 12 Urbanización Govika</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Norte de Santander</t>
+  </si>
+  <si>
+    <t>Andrés David Vélez Orejuela</t>
+  </si>
+  <si>
+    <t>andresmedmvz@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 11B # 67-67</t>
+  </si>
+  <si>
+    <t>davidforeroacevedo@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 137A # 72-30 Casa 28 </t>
+  </si>
+  <si>
+    <t>Vereda Guayavito, Sector Los Escobar</t>
+  </si>
+  <si>
+    <t>Erika Yadira  Méndez Quiroga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317354 8280 </t>
+  </si>
+  <si>
+    <t>erika.mendez0414@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 5ª # 2 – 07 Siglo XXI </t>
+  </si>
+  <si>
+    <t>Subachoque</t>
+  </si>
+  <si>
+    <t>Javier Enrique Penagos Rodríguez</t>
+  </si>
+  <si>
+    <t>jpenagos1095@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 8 # 22-21 Sur (Zona Industrial Servientrega)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Huila</t>
+  </si>
+  <si>
+    <t>Jefferson Vega Buitrago</t>
+  </si>
+  <si>
+    <t>jefferveg@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 17 # 32a-28 ap 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Santander</t>
+  </si>
+  <si>
+    <t>Jerson Julián Moreno Ardila</t>
+  </si>
+  <si>
+    <t>jerson.moreno04@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 16 # 21-40</t>
+  </si>
+  <si>
+    <t>Charalá</t>
+  </si>
+  <si>
+    <t>Jorge Andrés Olarte Rodríguez</t>
+  </si>
+  <si>
+    <t>jorgeolarte05@hotmail.com</t>
+  </si>
+  <si>
+    <t>Vereda Chuntame Finca BUENA VISTA</t>
+  </si>
+  <si>
+    <t>José Alberto Santamaría Fino</t>
+  </si>
+  <si>
+    <t>jose.santamaria@unipaz.edu.co</t>
+  </si>
+  <si>
+    <t>Calle 3 # 79-1 piso 1</t>
+  </si>
+  <si>
+    <t>Santana</t>
+  </si>
+  <si>
+    <t>Carrera 74 # 160-83 Apto 401</t>
+  </si>
+  <si>
+    <t>Juana Valentina Cifuentes Molina</t>
+  </si>
+  <si>
+    <t>juanacifuentes.26@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 5 Sur # 83-40 Florida 3 Torre 4 Apto 502</t>
+  </si>
+  <si>
+    <t>Julián Bernardo Rivera Fonseca</t>
+  </si>
+  <si>
+    <t>julianrivera690@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 27 # 20-50</t>
+  </si>
+  <si>
+    <t>Lisa Fernanda Porras Vargas</t>
+  </si>
+  <si>
+    <t>lisa_fer_@outlook.com</t>
+  </si>
+  <si>
+    <t>Calle 195 # 21-48 San Andresito Norte Local i21 i22</t>
+  </si>
+  <si>
+    <t>3117641972-3147128022</t>
+  </si>
+  <si>
+    <t>Mary Alejandra Carvajal Alzate</t>
+  </si>
+  <si>
+    <t>alec.2803@gmail.com</t>
+  </si>
+  <si>
+    <t>Vereda El Estanco, Finca San Felipe</t>
+  </si>
+  <si>
+    <t>Paula Andrea Ojeda Millan</t>
+  </si>
+  <si>
+    <t>paulaojeda13@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 4 Sur # 9-05</t>
+  </si>
+  <si>
+    <t>Samir Waked Aguirre</t>
+  </si>
+  <si>
+    <t>samirwaked@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 3aA # 45-55 Barrio Las Quintas</t>
+  </si>
+  <si>
+    <t>Andrés Ricardo Castañeda Garzón</t>
+  </si>
+  <si>
+    <t>andres_r_cg@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 9 # 9-06 Barrio Nariño </t>
+  </si>
+  <si>
+    <t>Pacho</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Sánchez Ospina</t>
+  </si>
+  <si>
+    <t>carlosa27@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 14 # 50 N-60 Apto 606</t>
+  </si>
+  <si>
+    <t>Armenia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Quindío</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Narvaez Pajaro</t>
+  </si>
+  <si>
+    <t>canapamvz@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Córdoba</t>
+  </si>
+  <si>
+    <t>Daniel Alfonso Castaño López</t>
+  </si>
+  <si>
+    <t>danielcastanolopez@yahoo.com</t>
+  </si>
+  <si>
+    <t>Bodega 8B Km 4 Parquecentro</t>
+  </si>
+  <si>
+    <t>Villamaría</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Caldas</t>
+  </si>
+  <si>
+    <t>Daniel Enrique Bernal Rivera</t>
+  </si>
+  <si>
+    <t>danielbernalrivera@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 23 # 148-71</t>
+  </si>
+  <si>
+    <t>fabian_03@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 53 # 100-120 Blue Gardens Aptms</t>
+  </si>
+  <si>
+    <t>Jairo Alejandro Navarro Jaramillo</t>
+  </si>
+  <si>
+    <t>alejandro-jllo@hotmail.com</t>
+  </si>
+  <si>
+    <t>Secretaría de Agricultura</t>
+  </si>
+  <si>
+    <t>Girardota</t>
+  </si>
+  <si>
+    <t>José Mauricio Rendón Córdoba</t>
+  </si>
+  <si>
+    <t>chalaneriasombreritosjm@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 35 # 19-37 Barrio Palermo</t>
+  </si>
+  <si>
+    <t>Pasto</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nariño</t>
+  </si>
+  <si>
+    <t>Julieth Alexandra Vargas Morales</t>
+  </si>
+  <si>
+    <t>juliethavm2@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle 99 # 105-41 Barrio Nuevo Apartadó</t>
+  </si>
+  <si>
+    <t>linacar1@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrera 7C # 138-60 </t>
+  </si>
+  <si>
+    <t>Luis Ignacio  Rosas Lizarazo</t>
+  </si>
+  <si>
+    <t>lucho836@hotmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 10 # 19-05</t>
+  </si>
+  <si>
+    <t>Marcelo Naranjo Sánchez</t>
+  </si>
+  <si>
+    <t>marcelonaranjo0903@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 9B # 57E-128</t>
+  </si>
+  <si>
+    <t>Maria Camila  Ospina Buitrago</t>
+  </si>
+  <si>
+    <t>mariacamila.ospibui@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle 10 # 5-78 Conjunto Verdhia Torre 2 Apto 303</t>
+  </si>
+  <si>
+    <t>María Del Mar Latorre Ramos</t>
+  </si>
+  <si>
+    <t>mares820@utp.edu.co</t>
+  </si>
+  <si>
+    <t>Carrera 2E # 8-37 Barrio Cincuentenario</t>
+  </si>
+  <si>
+    <t>Calima El Darién</t>
+  </si>
+  <si>
+    <t>Mery Vanessa Varela Castro</t>
+  </si>
+  <si>
+    <t>mvarela16@uan.edu.co</t>
+  </si>
+  <si>
+    <t>Carrera 6 # 47N-20 Barrio La Ximena</t>
+  </si>
+  <si>
+    <t>Popayán</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cauca</t>
+  </si>
+  <si>
+    <t>Miguel Gregorio Castellanos Mosquera</t>
+  </si>
+  <si>
+    <t>samiguelito@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 5 N 6-04</t>
+  </si>
+  <si>
+    <t>Puente Nacional</t>
+  </si>
+  <si>
+    <t>Rafael Ignacio Puentes Ramírez</t>
+  </si>
+  <si>
+    <t>3203160491-3002233590</t>
+  </si>
+  <si>
+    <t>rafael8131@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 9 # 60-02 Barrio Villa Luz</t>
+  </si>
+  <si>
+    <t>Zuleima Mercedes González Martínez</t>
+  </si>
+  <si>
+    <t>zgonzalez763@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrera 10 A # 11-06/08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="m/d/yyyy\ h:mm:ss"/>
+  </numFmts>
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF222222"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="1"/>
-[...36 lines deleted...]
-      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9"/>
+        <fgColor theme="0"/>
+        <bgColor rgb="FF4A86E8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
-[...94 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="139">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="10" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="10" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
-    <cellStyle name="Hyperlink" xfId="2" xr:uid="{FE89FA36-2DD4-43D6-ACBD-B63EC3F0A809}"/>
+    <cellStyle name="Hyperlink" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="5">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF0000FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>116417</xdr:rowOff>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>162320</xdr:colOff>
+      <xdr:colOff>219075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10AEC1CD-835A-4BE0-B892-2B3B76CBE4F0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E97F1476-E7D2-C565-43D1-A68DCE6ED4AD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
-[...8 lines deleted...]
-        <a:stretch/>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="116417"/>
-          <a:ext cx="1421737" cy="600075"/>
+          <a:off x="0" y="142875"/>
+          <a:ext cx="1438275" cy="609600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.ossa17@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juditas2@hotmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvhorse15@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yamilerui@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sanfernando62@hotmail.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yeissonyesidroblesy15@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rczuluaga@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgelopezmvz@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepallaresierra@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicamogollonc@yahoo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graboaz@hotmail.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:errivadeneira@hotmail.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johan.montoya@unipaz.edu.co" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielcam@hotmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alinero10@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianisarias_17@hotmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea270197@hotmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.Clavijo.mvz@gmil.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.3.a@hotmail.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yefervet@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.saldagom@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosanrodri2001@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegochisinom@gmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcass1@hotmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karolmoralest07@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanessa.cifuentes@udea.edu.co" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majuliana97@hotmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosandresvasquez9827@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rescateinca@yahoo.es" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hernandmp41@gmail.com," TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minonavaswilliam@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reproductionanimallarge@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwinbeltran7@hotmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpvelez75@hotmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:efernandez694@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sastigo84@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diazgiraldocarlos.andres@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabercanorios@hotmail.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dafefo83@gmail.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisaosornox@hotmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianaherfi@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catagarciamvz@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pegaso821@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juancamilovelezc@hotmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javiersar74@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wernermvet@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mv.camilocamargo@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanitaricodmv@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Villalaura24@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asistenciamvz@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:medequinos@hotmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:namero0213@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pabloagudelomv@gmail.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anamariag1901@gmail.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaherisa@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jepa_toro@hotmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisanataliaptorres@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcgarciavet@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felijara2000@yahoo.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzgiovannimejia@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camiloescamilla@hotmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emartelo12@yahoo.es" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:socadavid17@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanpmp3@hotmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:verorocha.2603@hotmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanadiezc@icloud.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielrinieto1@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santiagoortiz_13@hotmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrograssmvz@mail.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilarestrepo.mvz@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheleroca@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabianzc_03@hotmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sincrocasanare@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elkincflorez@hotmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludequinamde@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguiandrea9904@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandro.miram@udea.edu.co" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tachycarrero@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amalia.perez@unillanos.edu.co" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esneyderpardo@hotmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:spenuelal@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelamontayamvz@gmail.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentinapalominocerquera.vp@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simoncampuzano@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariacamila.vet4@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joc_m11@hotmail.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humbevet@hotmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lipoma77@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:badeljesus@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willsilva_1811@hotmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juandvete@gmail.com;&#160;buzonmarianaruiz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juancarlostovarvega@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ardila82mv@hotmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolmoreno0503@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Zgonzalez763@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvcamilovargasgomez@gmail.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Franque14@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbedoya@udca.edu.co" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vetcars@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:molina3412@hotmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscar.csas@hotmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilagipo@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osovet754@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimontoya@jdc.edu.co" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lordonez314@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rksolucionesvet@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felimejia@hotmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos_salcedo14@hotmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanicolastobon@hotmail.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elkinortegon10@icloud.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mejia.camila1990@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandrobuies01@hotmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzleonardozapata@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomejiavet@outlook.es" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucioferguio@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustogomezpinzon@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alberto.provetzoo@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muequeta.vet@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdjuan66@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedromesaguerra@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lopezneite.mvz@hotmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fincacalifornia@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjotoro2008@hotmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvandreatraslavina@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catydusa@yahoo.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santicamelo@hotmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paularincon9317@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robinssonramos@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lalyr85@hotmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.tabor.j@hotmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscomdbs9@hotmail.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dborraez@udca.edu.co" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luismamoron@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doctorpetermv@hotmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresjuancarreno@gamil.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstfranco@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianlopezmv@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibarreram2297@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliogaonac@hotmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielatrillos@gmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:medicosequinos@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cahg2006@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valendurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:limacar1@yahoo.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:docvilla@yahoo.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lacliv@hotmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veterinario1_atenea@hotmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mesmo143@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardomario029@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danieledo.diaz@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yeisonpm77@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisfe611@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmvalbertocadena@yahoo.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julian_morales_b@yahoo.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tordillo96@hotmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayhison@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santiagoortiz_13@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juditas2@hotmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibarreram2297@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:efernandez694@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diazgiraldocarlos.andres@gmail.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilarestrepo.mvz@gmail.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edugol_9@hotmail.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lualcha2@hotmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wernermvet@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgelopezmvz@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepallaresierra@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rescateinca@yahoo.es" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:medequinos@hotmail.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simoncampuzano@gmail.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ktica1391@hotmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielcam@hotmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mesmo143@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreasolanovet@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianisarias_17@hotmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmvalbertocadena@yahoo.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabianzc_03@hotmail.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvcamilovargasgomez@gmail.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Franque14@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sincrocasanare@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexmvz100@hotmail.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mlab26@hotmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karolmoralest07@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majuliana97@hotmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelamontayamvz@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elkinortegon10@icloud.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Villalaura24@hotmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Joc_m11@hotmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hernandmp41@gmail.com," TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doctorpetermv@hotmail.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilomellos@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catagarciamvz@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pegaso821@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juancamilovelezc@hotmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:socadavid17@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dborraez@udca.edu.co" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjotoro2008@hotmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javiersar74@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amalia.perez@unillanos.edu.co" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:molina3412@hotmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucioferguio@hotmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscar.csas@hotmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yeissonyesidroblesy15@gmail.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luismamoron@gmail.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caballerocavalier300@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cyntia@lfrojasp.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanfern1213@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisanataliaptorres@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcgarciavet@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanitaricodmv@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanicolastobon@hotmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camiloescamilla@hotmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juancarlostovarvega@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariacamila.vet4@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomejiavet@outlook.es" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanadiezc@icloud.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustogomezpinzon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:errivadeneira@hotmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cahg2006@gmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johan.montoya@unipaz.edu.co" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valendurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvz_luisgabrielquintana@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheleroca@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robinssonramos@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.tabor.j@hotmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lavcastrose@icloud.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elkincflorez@hotmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludequinamde@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguiandrea9904@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tachycarrero@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vetcars@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paularincon9317@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lalyr85@hotmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.ossa17@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardomario029@gmail.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yefervet@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danieledo.diaz@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanpablolealriveros@gmail.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliogaonac@hotmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielatrillos@gmail.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzjuanmgiraldo@gmail.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natylizarazobarrera@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lipoma77@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:badeljesus@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willsilva_1811@hotmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juandvete@gmail.com;&#160;buzonmarianaruiz@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzleonardozapata@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sanfernando62@hotmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rczuluaga@hotmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:medicosequinos@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayhison@gmail.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcass1@hotmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vete_quinos@hotmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbedoya@udca.edu.co" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lopezneite.mvz@hotmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veterinario1_atenea@hotmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolmoreno0503@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Zgonzalez763@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwinbeltran7@hotmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegochisinom@gmail.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manologomez35@hotmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lordonez314@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rksolucionesvet@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santicamelo@hotmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graboaz@hotmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reproductionanimallarge@gmail.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisaosornox@hotmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolinaposadag.mvz@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mejia.camila1990@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felimejia@hotmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julian_morales_b@yahoo.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yeisonpm77@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alinero10@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.3.a@hotmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dafefo83@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luping322@yahoo.es" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marianazapatavet@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdjuan66@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedromesaguerra@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yamilerui@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tordillo96@hotmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anamariag1901@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvandreatraslavina@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catydusa@yahoo.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lacliv@hotmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.saldagom@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosanrodri2001@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscomdbs9@hotmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fincacalifornia@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minonavaswilliam@gmail.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pabloagudelomv@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaherisa@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jepa_toro@hotmail.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolemendez08@hotmail.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidandresvallejoo@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresjuancarreno@gamil.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstfranco@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianlopezmv@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicamogollonc@yahoo.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sastigo84@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabercanorios@hotmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mv.camilocamargo@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrograssmvz@mail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvz.mariantoniaescuderotobon@gmail.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzlora29@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:limacar1@yahoo.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:docvilla@yahoo.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.Clavijo.mvz@gmil.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:namero0213@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzgiovannimejia@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentinapalominocerquera.vp@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:humbevet@hotmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:verorocha.2603@hotmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salome.ppineda@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisfe611@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpvelez75@hotmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanpmp3@hotmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielrinieto1@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimontoya@jdc.edu.co" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esneyderpardo@hotmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvzdaza1981@gmail.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emartelo12@yahoo.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanessa.cifuentes@udea.edu.co" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosandresvasquez9827@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asistenciamvz@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:spenuelal@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alberto.provetzoo@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ardila82mv@hotmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilagipo@gmail.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muequeta.vet@gmail.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alisierra10@hotmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianaherfi@gmail.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandrobuies01@hotmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adesx19@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvhorse15@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diemonpas@hotmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsebastiantarquino@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea270197@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gamn.mvz.rep@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felijara2000@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaiver_castillo18@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandro.miram@udea.edu.co" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedromesaguerra@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:docvilla@yahoo.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosandresvasquez9827@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juandvete@gmail.com;&#160;buzonmarianaruiz@gmail.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omerocubas@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisfe611@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andressanbriamvz@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majuliana97@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robinssonramos@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrada60@hotmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gonzalezjoaquinpablo@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luismamoron@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camiloescamilla@hotmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graboaz@hotmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguiandrea9904@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:registros@asocaba.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catydusa@yahoo.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juancamilovelezc@hotmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepallaresierra@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rksolucionesvet@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saludequinamde@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laveterinaria1305@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lordonez314@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejafer05@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianlopezmv@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresmv84@hotmail.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mejia.camila1990@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpenagos1095@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lipoma77@hotmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianisarias_17@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcgarciavet@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulaojeda13@hotmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jefferveg@hotmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.santamaria@unipaz.edu.co" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanacifuentes.26@hotmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alec.2803@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erika.mendez0414@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pegaso821@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juditas2@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azucenta-40@hotmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresmedmvz@hotmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidforeroacevedo@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julianrivera690@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgeolarte05@hotmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa_fer_@outlook.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samirwaked@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerson.moreno04@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willsilva_1811@hotmail.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosa27@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdjuan66@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariacamila.ospibui@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucho836@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandro-jllo@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvarela16@uan.edu.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielcastanolopez@yahoo.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliethavm2@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mares820@utp.edu.co" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielbernalrivera@hotmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samiguelito@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres_r_cg@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabian_03@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rafael8131@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanessa.cifuentes@udea.edu.co" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:badeljesus@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linacar1@yahoo.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisanataliaptorres@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelonaranjo0903@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chalaneriasombreritosjm@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:canapamvz@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zgonzalez763@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62F93F75-7AA2-45EC-BD57-F20FDFAF686D}">
-  <dimension ref="A1:K245"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8EBCCB9-AACC-4535-B2B2-AECCF43A6274}">
+  <dimension ref="A1:I203"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A173" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D23" sqref="D23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" customHeight="1" zeroHeight="1" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6.83203125" style="2" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="11.5" style="2" hidden="1"/>
+    <col min="1" max="1" width="6.7109375" style="89" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" style="81" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="4.140625" style="89" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.28515625" style="81" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="43.7109375" style="81" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.28515625" style="81" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" style="81" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="14.140625" style="81" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.85546875" style="81" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17" style="81" customWidth="1"/>
+    <col min="11" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="A2" s="5" t="s">
+    <row r="1" spans="1:9" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="134"/>
+      <c r="B1" s="134"/>
+      <c r="C1" s="134"/>
+      <c r="D1" s="134"/>
+      <c r="E1" s="134"/>
+      <c r="F1" s="134"/>
+      <c r="G1" s="134"/>
+      <c r="H1" s="134"/>
+      <c r="I1" s="134"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="131" t="s">
+        <v>596</v>
+      </c>
+      <c r="B2" s="131"/>
+      <c r="C2" s="131"/>
+      <c r="D2" s="131"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+    </row>
+    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="131" t="s">
+        <v>597</v>
+      </c>
+      <c r="B3" s="131"/>
+      <c r="C3" s="131"/>
+      <c r="D3" s="131"/>
+      <c r="E3" s="132"/>
+      <c r="F3" s="132"/>
+      <c r="G3" s="132"/>
+      <c r="H3" s="132"/>
+      <c r="I3" s="132"/>
+    </row>
+    <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="133" t="s">
+        <v>598</v>
+      </c>
+      <c r="B4" s="131"/>
+      <c r="C4" s="131"/>
+      <c r="D4" s="131"/>
+      <c r="E4" s="132"/>
+      <c r="F4" s="132"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="132"/>
+      <c r="I4" s="132"/>
+    </row>
+    <row r="5" spans="1:9" s="71" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="5"/>
-[...4 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="B5" s="72" t="s">
+        <v>599</v>
+      </c>
+      <c r="C5" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="5"/>
-[...4 lines deleted...]
-      <c r="A4" s="6" t="s">
+      <c r="D5" s="72" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="6"/>
-[...13 lines deleted...]
-      <c r="D5" s="72" t="s">
+      <c r="E5" s="72" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="F5" s="73" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="73" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="72" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="72" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B6" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="76">
+        <v>1</v>
+      </c>
+      <c r="D6" s="75" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" s="77" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="79">
+        <v>45364</v>
+      </c>
+      <c r="I6" s="79">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B7" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="76">
+        <v>2</v>
+      </c>
+      <c r="D7" s="75" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" s="77" t="s">
+        <v>70</v>
+      </c>
+      <c r="F7" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="79">
+        <v>45363</v>
+      </c>
+      <c r="I7" s="79">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="76">
+        <v>3</v>
+      </c>
+      <c r="D8" s="75" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="79">
+        <v>45364</v>
+      </c>
+      <c r="I8" s="79">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B9" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="76">
+        <v>4</v>
+      </c>
+      <c r="D9" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" s="78" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" s="79">
+        <v>45428</v>
+      </c>
+      <c r="I9" s="79">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B10" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="76">
+        <v>5</v>
+      </c>
+      <c r="D10" s="75" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" s="77" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" s="78" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I10" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B11" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="76">
+        <v>6</v>
+      </c>
+      <c r="D11" s="75" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" s="77" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I11" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B12" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="76">
+        <v>7</v>
+      </c>
+      <c r="D12" s="75" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" s="77" t="s">
+        <v>91</v>
+      </c>
+      <c r="F12" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H12" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I12" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B13" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="76">
+        <v>8</v>
+      </c>
+      <c r="D13" s="75" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" s="77" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" s="78" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H13" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I13" s="97">
+        <v>46185</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B14" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="76">
+        <v>9</v>
+      </c>
+      <c r="D14" s="75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" s="77" t="s">
+        <v>96</v>
+      </c>
+      <c r="F14" s="78" t="s">
+        <v>97</v>
+      </c>
+      <c r="G14" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I14" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B15" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="76">
         <v>10</v>
       </c>
-      <c r="I5" s="72" t="s">
+      <c r="D15" s="75" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" s="77" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H15" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I15" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B16" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="76">
         <v>11</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="13" t="s">
+      <c r="D16" s="75" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" s="77" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H16" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I16" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="76">
         <v>12</v>
       </c>
-      <c r="C6" s="14">
+      <c r="D17" s="75" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" s="77" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" s="78" t="s">
+        <v>106</v>
+      </c>
+      <c r="G17" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H17" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I17" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B18" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="76">
+        <v>13</v>
+      </c>
+      <c r="D18" s="75" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" s="77" t="s">
+        <v>108</v>
+      </c>
+      <c r="F18" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H18" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I18" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B19" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="76">
+        <v>14</v>
+      </c>
+      <c r="D19" s="75" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" s="77" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H19" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I19" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="76">
+        <v>15</v>
+      </c>
+      <c r="D20" s="75" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" s="77" t="s">
+        <v>113</v>
+      </c>
+      <c r="F20" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H20" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I20" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B21" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="76">
+        <v>16</v>
+      </c>
+      <c r="D21" s="75" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" s="77" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" s="78" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I21" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="76">
+        <v>17</v>
+      </c>
+      <c r="D22" s="75" t="s">
+        <v>118</v>
+      </c>
+      <c r="E22" s="77" t="s">
+        <v>119</v>
+      </c>
+      <c r="F22" s="78" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H22" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I22" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="76">
+        <v>18</v>
+      </c>
+      <c r="D23" s="75" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" s="77" t="s">
+        <v>122</v>
+      </c>
+      <c r="F23" s="78" t="s">
+        <v>123</v>
+      </c>
+      <c r="G23" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H23" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I23" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B24" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="76">
+        <v>19</v>
+      </c>
+      <c r="D24" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="E24" s="77" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H24" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I24" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="76">
+        <v>20</v>
+      </c>
+      <c r="D25" s="75" t="s">
+        <v>127</v>
+      </c>
+      <c r="E25" s="77" t="s">
+        <v>128</v>
+      </c>
+      <c r="F25" s="78" t="s">
+        <v>130</v>
+      </c>
+      <c r="G25" s="78" t="s">
+        <v>131</v>
+      </c>
+      <c r="H25" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I25" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="76">
+        <v>21</v>
+      </c>
+      <c r="D26" s="75" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" s="77" t="s">
+        <v>133</v>
+      </c>
+      <c r="F26" s="78" t="s">
+        <v>134</v>
+      </c>
+      <c r="G26" s="78" t="s">
+        <v>135</v>
+      </c>
+      <c r="H26" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I26" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="76">
+        <v>22</v>
+      </c>
+      <c r="D27" s="75" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" s="77" t="s">
+        <v>137</v>
+      </c>
+      <c r="F27" s="78" t="s">
+        <v>123</v>
+      </c>
+      <c r="G27" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H27" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I27" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="76">
+        <v>23</v>
+      </c>
+      <c r="D28" s="75" t="s">
+        <v>138</v>
+      </c>
+      <c r="E28" s="77" t="s">
+        <v>139</v>
+      </c>
+      <c r="F28" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="G28" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H28" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I28" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="76">
+        <v>24</v>
+      </c>
+      <c r="D29" s="75" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" s="77" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G29" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H29" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I29" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="76">
+        <v>25</v>
+      </c>
+      <c r="D30" s="75" t="s">
+        <v>143</v>
+      </c>
+      <c r="E30" s="77" t="s">
+        <v>144</v>
+      </c>
+      <c r="F30" s="78" t="s">
+        <v>145</v>
+      </c>
+      <c r="G30" s="78" t="s">
+        <v>146</v>
+      </c>
+      <c r="H30" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I30" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="76">
+        <v>26</v>
+      </c>
+      <c r="D31" s="75" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" s="77" t="s">
+        <v>148</v>
+      </c>
+      <c r="F31" s="78" t="s">
+        <v>150</v>
+      </c>
+      <c r="G31" s="78" t="s">
+        <v>146</v>
+      </c>
+      <c r="H31" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I31" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="76">
+        <v>27</v>
+      </c>
+      <c r="D32" s="75" t="s">
+        <v>151</v>
+      </c>
+      <c r="E32" s="77" t="s">
+        <v>152</v>
+      </c>
+      <c r="F32" s="78" t="s">
+        <v>154</v>
+      </c>
+      <c r="G32" s="78" t="s">
+        <v>155</v>
+      </c>
+      <c r="H32" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I32" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="76">
+        <v>28</v>
+      </c>
+      <c r="D33" s="75" t="s">
+        <v>156</v>
+      </c>
+      <c r="E33" s="77" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" s="78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H33" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I33" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B34" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="76">
+        <v>29</v>
+      </c>
+      <c r="D34" s="75" t="s">
+        <v>158</v>
+      </c>
+      <c r="E34" s="77" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H34" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I34" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="76">
+        <v>30</v>
+      </c>
+      <c r="D35" s="75" t="s">
+        <v>161</v>
+      </c>
+      <c r="E35" s="77" t="s">
+        <v>162</v>
+      </c>
+      <c r="F35" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="G35" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H35" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I35" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B36" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="76">
+        <v>31</v>
+      </c>
+      <c r="D36" s="75" t="s">
+        <v>164</v>
+      </c>
+      <c r="E36" s="77" t="s">
+        <v>165</v>
+      </c>
+      <c r="F36" s="78" t="s">
+        <v>166</v>
+      </c>
+      <c r="G36" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H36" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I36" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B37" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="76">
+        <v>32</v>
+      </c>
+      <c r="D37" s="75" t="s">
+        <v>167</v>
+      </c>
+      <c r="E37" s="77" t="s">
+        <v>168</v>
+      </c>
+      <c r="F37" s="78" t="s">
+        <v>170</v>
+      </c>
+      <c r="G37" s="78" t="s">
+        <v>171</v>
+      </c>
+      <c r="H37" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I37" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B38" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="76">
+        <v>33</v>
+      </c>
+      <c r="D38" s="75" t="s">
+        <v>172</v>
+      </c>
+      <c r="E38" s="77" t="s">
+        <v>173</v>
+      </c>
+      <c r="F38" s="78" t="s">
+        <v>170</v>
+      </c>
+      <c r="G38" s="78" t="s">
+        <v>171</v>
+      </c>
+      <c r="H38" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I38" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B39" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="76">
+        <v>34</v>
+      </c>
+      <c r="D39" s="75" t="s">
+        <v>174</v>
+      </c>
+      <c r="E39" s="77" t="s">
+        <v>175</v>
+      </c>
+      <c r="F39" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G39" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H39" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I39" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B40" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="76">
+        <v>35</v>
+      </c>
+      <c r="D40" s="75" t="s">
+        <v>177</v>
+      </c>
+      <c r="E40" s="77" t="s">
+        <v>178</v>
+      </c>
+      <c r="F40" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H40" s="97">
+        <v>45456</v>
+      </c>
+      <c r="I40" s="97">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B41" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="76">
+        <v>36</v>
+      </c>
+      <c r="D41" s="75" t="s">
+        <v>179</v>
+      </c>
+      <c r="E41" s="77" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" s="78" t="s">
+        <v>181</v>
+      </c>
+      <c r="G41" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H41" s="97">
+        <v>45460</v>
+      </c>
+      <c r="I41" s="97">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B42" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="76">
+        <v>37</v>
+      </c>
+      <c r="D42" s="75" t="s">
+        <v>182</v>
+      </c>
+      <c r="E42" s="77" t="s">
+        <v>183</v>
+      </c>
+      <c r="F42" s="78" t="s">
+        <v>184</v>
+      </c>
+      <c r="G42" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42" s="97">
+        <v>45460</v>
+      </c>
+      <c r="I42" s="97">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B43" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="76">
+        <v>38</v>
+      </c>
+      <c r="D43" s="75" t="s">
+        <v>185</v>
+      </c>
+      <c r="E43" s="77" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" s="78" t="s">
+        <v>187</v>
+      </c>
+      <c r="G43" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H43" s="97">
+        <v>45491</v>
+      </c>
+      <c r="I43" s="97">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B44" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="76">
+        <v>39</v>
+      </c>
+      <c r="D44" s="75" t="s">
+        <v>188</v>
+      </c>
+      <c r="E44" s="77" t="s">
+        <v>189</v>
+      </c>
+      <c r="F44" s="78" t="s">
+        <v>190</v>
+      </c>
+      <c r="G44" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H44" s="97">
+        <v>45498</v>
+      </c>
+      <c r="I44" s="97">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B45" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="76">
+        <v>40</v>
+      </c>
+      <c r="D45" s="75" t="s">
+        <v>191</v>
+      </c>
+      <c r="E45" s="77" t="s">
+        <v>192</v>
+      </c>
+      <c r="F45" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H45" s="97">
+        <v>45556</v>
+      </c>
+      <c r="I45" s="97">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B46" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="76">
+        <v>41</v>
+      </c>
+      <c r="D46" s="75" t="s">
+        <v>193</v>
+      </c>
+      <c r="E46" s="77" t="s">
+        <v>194</v>
+      </c>
+      <c r="F46" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="G46" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H46" s="97">
+        <v>45525</v>
+      </c>
+      <c r="I46" s="97">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B47" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="76">
+        <v>42</v>
+      </c>
+      <c r="D47" s="75" t="s">
+        <v>195</v>
+      </c>
+      <c r="E47" s="77" t="s">
+        <v>196</v>
+      </c>
+      <c r="F47" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G47" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H47" s="97">
+        <v>45525</v>
+      </c>
+      <c r="I47" s="97">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B48" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="76">
+        <v>43</v>
+      </c>
+      <c r="D48" s="75" t="s">
+        <v>197</v>
+      </c>
+      <c r="E48" s="77" t="s">
+        <v>198</v>
+      </c>
+      <c r="F48" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H48" s="97">
+        <v>45553</v>
+      </c>
+      <c r="I48" s="97">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B49" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="76">
+        <v>44</v>
+      </c>
+      <c r="D49" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E49" s="77" t="s">
+        <v>200</v>
+      </c>
+      <c r="F49" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G49" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H49" s="97">
+        <v>45554</v>
+      </c>
+      <c r="I49" s="97">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="107">
+        <v>2024</v>
+      </c>
+      <c r="B50" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="C50" s="109">
+        <v>45</v>
+      </c>
+      <c r="D50" s="110" t="s">
+        <v>202</v>
+      </c>
+      <c r="E50" s="111" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" s="112" t="s">
+        <v>204</v>
+      </c>
+      <c r="G50" s="112" t="s">
+        <v>205</v>
+      </c>
+      <c r="H50" s="113">
+        <v>45554</v>
+      </c>
+      <c r="I50" s="113">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B51" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="76">
+        <v>46</v>
+      </c>
+      <c r="D51" s="75" t="s">
+        <v>206</v>
+      </c>
+      <c r="E51" s="77" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G51" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H51" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I51" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B52" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="76">
+        <v>47</v>
+      </c>
+      <c r="D52" s="75" t="s">
+        <v>208</v>
+      </c>
+      <c r="E52" s="77" t="s">
+        <v>209</v>
+      </c>
+      <c r="F52" s="78" t="s">
+        <v>210</v>
+      </c>
+      <c r="G52" s="78" t="s">
+        <v>211</v>
+      </c>
+      <c r="H52" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I52" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="76">
+        <v>48</v>
+      </c>
+      <c r="D53" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="E53" s="77" t="s">
+        <v>213</v>
+      </c>
+      <c r="F53" s="78" t="s">
+        <v>166</v>
+      </c>
+      <c r="G53" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H53" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I53" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="76">
+        <v>49</v>
+      </c>
+      <c r="D54" s="75" t="s">
+        <v>214</v>
+      </c>
+      <c r="E54" s="77" t="s">
+        <v>215</v>
+      </c>
+      <c r="F54" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="G54" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="H54" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I54" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="76">
+        <v>50</v>
+      </c>
+      <c r="D55" s="75" t="s">
+        <v>216</v>
+      </c>
+      <c r="E55" s="77" t="s">
+        <v>217</v>
+      </c>
+      <c r="F55" s="78" t="s">
+        <v>218</v>
+      </c>
+      <c r="G55" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H55" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I55" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="76">
+        <v>51</v>
+      </c>
+      <c r="D56" s="75" t="s">
+        <v>219</v>
+      </c>
+      <c r="E56" s="77" t="s">
+        <v>220</v>
+      </c>
+      <c r="F56" s="78" t="s">
+        <v>221</v>
+      </c>
+      <c r="G56" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I56" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B57" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="76">
+        <v>52</v>
+      </c>
+      <c r="D57" s="75" t="s">
+        <v>222</v>
+      </c>
+      <c r="E57" s="77" t="s">
+        <v>223</v>
+      </c>
+      <c r="F57" s="78" t="s">
+        <v>224</v>
+      </c>
+      <c r="G57" s="78" t="s">
+        <v>225</v>
+      </c>
+      <c r="H57" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I57" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B58" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="76">
+        <v>53</v>
+      </c>
+      <c r="D58" s="75" t="s">
+        <v>226</v>
+      </c>
+      <c r="E58" s="77" t="s">
+        <v>227</v>
+      </c>
+      <c r="F58" s="78" t="s">
+        <v>228</v>
+      </c>
+      <c r="G58" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H58" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I58" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B59" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="76">
+        <v>54</v>
+      </c>
+      <c r="D59" s="75" t="s">
+        <v>229</v>
+      </c>
+      <c r="E59" s="77" t="s">
+        <v>230</v>
+      </c>
+      <c r="F59" s="78" t="s">
+        <v>231</v>
+      </c>
+      <c r="G59" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="H59" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I59" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B60" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="76">
+        <v>55</v>
+      </c>
+      <c r="D60" s="75" t="s">
+        <v>232</v>
+      </c>
+      <c r="E60" s="77" t="s">
+        <v>233</v>
+      </c>
+      <c r="F60" s="78" t="s">
+        <v>234</v>
+      </c>
+      <c r="G60" s="78" t="s">
+        <v>235</v>
+      </c>
+      <c r="H60" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I60" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B61" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="76">
+        <v>56</v>
+      </c>
+      <c r="D61" s="75" t="s">
+        <v>236</v>
+      </c>
+      <c r="E61" s="77" t="s">
+        <v>237</v>
+      </c>
+      <c r="F61" s="78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G61" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H61" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I61" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="74">
+        <v>2024</v>
+      </c>
+      <c r="B62" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="76">
+        <v>57</v>
+      </c>
+      <c r="D62" s="75" t="s">
+        <v>238</v>
+      </c>
+      <c r="E62" s="77" t="s">
+        <v>239</v>
+      </c>
+      <c r="F62" s="78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G62" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H62" s="97">
+        <v>45597</v>
+      </c>
+      <c r="I62" s="97">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="107">
+        <v>2024</v>
+      </c>
+      <c r="B63" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="C63" s="109">
+        <v>58</v>
+      </c>
+      <c r="D63" s="110" t="s">
+        <v>240</v>
+      </c>
+      <c r="E63" s="114" t="s">
+        <v>241</v>
+      </c>
+      <c r="F63" s="112" t="s">
+        <v>242</v>
+      </c>
+      <c r="G63" s="112" t="s">
+        <v>205</v>
+      </c>
+      <c r="H63" s="113">
+        <v>45597</v>
+      </c>
+      <c r="I63" s="113">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="107">
+        <v>2024</v>
+      </c>
+      <c r="B64" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="C64" s="109">
+        <v>59</v>
+      </c>
+      <c r="D64" s="110" t="s">
+        <v>243</v>
+      </c>
+      <c r="E64" s="111" t="s">
+        <v>244</v>
+      </c>
+      <c r="F64" s="112" t="s">
+        <v>245</v>
+      </c>
+      <c r="G64" s="112" t="s">
+        <v>246</v>
+      </c>
+      <c r="H64" s="113">
+        <v>45597</v>
+      </c>
+      <c r="I64" s="113">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="107">
+        <v>2024</v>
+      </c>
+      <c r="B65" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="C65" s="109">
+        <v>60</v>
+      </c>
+      <c r="D65" s="110" t="s">
+        <v>247</v>
+      </c>
+      <c r="E65" s="111" t="s">
+        <v>248</v>
+      </c>
+      <c r="F65" s="112" t="s">
+        <v>249</v>
+      </c>
+      <c r="G65" s="112" t="s">
+        <v>250</v>
+      </c>
+      <c r="H65" s="113">
+        <v>45597</v>
+      </c>
+      <c r="I65" s="113">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="115">
+        <v>2024</v>
+      </c>
+      <c r="B66" s="116" t="s">
+        <v>201</v>
+      </c>
+      <c r="C66" s="117">
+        <v>61</v>
+      </c>
+      <c r="D66" s="118" t="s">
+        <v>251</v>
+      </c>
+      <c r="E66" s="119" t="s">
+        <v>252</v>
+      </c>
+      <c r="F66" s="120" t="s">
+        <v>253</v>
+      </c>
+      <c r="G66" s="120" t="s">
+        <v>205</v>
+      </c>
+      <c r="H66" s="121">
+        <v>45622</v>
+      </c>
+      <c r="I66" s="121">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B67" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C67" s="124">
+        <v>62</v>
+      </c>
+      <c r="D67" s="125" t="s">
+        <v>254</v>
+      </c>
+      <c r="E67" s="126" t="s">
+        <v>255</v>
+      </c>
+      <c r="F67" s="127" t="s">
+        <v>256</v>
+      </c>
+      <c r="G67" s="127" t="s">
+        <v>250</v>
+      </c>
+      <c r="H67" s="128">
+        <v>45621</v>
+      </c>
+      <c r="I67" s="128">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B68" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C68" s="124">
+        <v>63</v>
+      </c>
+      <c r="D68" s="125" t="s">
+        <v>257</v>
+      </c>
+      <c r="E68" s="126" t="s">
+        <v>258</v>
+      </c>
+      <c r="F68" s="127" t="s">
+        <v>259</v>
+      </c>
+      <c r="G68" s="127" t="s">
+        <v>235</v>
+      </c>
+      <c r="H68" s="128">
+        <v>45621</v>
+      </c>
+      <c r="I68" s="128">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B69" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C69" s="124">
+        <v>64</v>
+      </c>
+      <c r="D69" s="125" t="s">
+        <v>260</v>
+      </c>
+      <c r="E69" s="126" t="s">
+        <v>261</v>
+      </c>
+      <c r="F69" s="127" t="s">
+        <v>259</v>
+      </c>
+      <c r="G69" s="127" t="s">
+        <v>235</v>
+      </c>
+      <c r="H69" s="128">
+        <v>45622</v>
+      </c>
+      <c r="I69" s="128">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B70" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" s="124">
+        <v>65</v>
+      </c>
+      <c r="D70" s="125" t="s">
+        <v>262</v>
+      </c>
+      <c r="E70" s="126" t="s">
+        <v>263</v>
+      </c>
+      <c r="F70" s="127" t="s">
+        <v>264</v>
+      </c>
+      <c r="G70" s="127" t="s">
+        <v>235</v>
+      </c>
+      <c r="H70" s="128">
+        <v>45636</v>
+      </c>
+      <c r="I70" s="128">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B71" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C71" s="124">
+        <v>66</v>
+      </c>
+      <c r="D71" s="125" t="s">
+        <v>265</v>
+      </c>
+      <c r="E71" s="126" t="s">
+        <v>266</v>
+      </c>
+      <c r="F71" s="127" t="s">
+        <v>259</v>
+      </c>
+      <c r="G71" s="127" t="s">
+        <v>235</v>
+      </c>
+      <c r="H71" s="128">
+        <v>45636</v>
+      </c>
+      <c r="I71" s="128">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="122">
+        <v>2024</v>
+      </c>
+      <c r="B72" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C72" s="124">
+        <v>67</v>
+      </c>
+      <c r="D72" s="125" t="s">
+        <v>268</v>
+      </c>
+      <c r="E72" s="126" t="s">
+        <v>269</v>
+      </c>
+      <c r="F72" s="127" t="s">
+        <v>270</v>
+      </c>
+      <c r="G72" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="H72" s="128">
+        <v>45644</v>
+      </c>
+      <c r="I72" s="128">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="93">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="94" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="91">
         <v>1</v>
       </c>
-      <c r="D6" s="13" t="s">
+      <c r="D73" s="81" t="s">
+        <v>271</v>
+      </c>
+      <c r="E73" s="100" t="s">
+        <v>272</v>
+      </c>
+      <c r="F73" s="101" t="s">
+        <v>273</v>
+      </c>
+      <c r="G73" s="101" t="s">
+        <v>38</v>
+      </c>
+      <c r="H73" s="102">
+        <v>45685</v>
+      </c>
+      <c r="I73" s="103">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="76">
+        <v>2</v>
+      </c>
+      <c r="D74" s="75" t="s">
+        <v>274</v>
+      </c>
+      <c r="E74" s="77" t="s">
+        <v>275</v>
+      </c>
+      <c r="F74" s="78" t="s">
+        <v>276</v>
+      </c>
+      <c r="G74" s="78" t="s">
+        <v>277</v>
+      </c>
+      <c r="H74" s="79">
+        <v>45685</v>
+      </c>
+      <c r="I74" s="104">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="76">
+        <v>3</v>
+      </c>
+      <c r="D75" s="75" t="s">
+        <v>278</v>
+      </c>
+      <c r="E75" s="77" t="s">
+        <v>279</v>
+      </c>
+      <c r="F75" s="78" t="s">
+        <v>280</v>
+      </c>
+      <c r="G75" s="78" t="s">
+        <v>155</v>
+      </c>
+      <c r="H75" s="79">
+        <v>45685</v>
+      </c>
+      <c r="I75" s="104">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="76">
+        <v>4</v>
+      </c>
+      <c r="D76" s="75" t="s">
+        <v>281</v>
+      </c>
+      <c r="E76" s="98" t="s">
+        <v>282</v>
+      </c>
+      <c r="F76" s="78" t="s">
+        <v>280</v>
+      </c>
+      <c r="G76" s="78" t="s">
+        <v>155</v>
+      </c>
+      <c r="H76" s="79">
+        <v>45694</v>
+      </c>
+      <c r="I76" s="79">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C77" s="76">
+        <v>5</v>
+      </c>
+      <c r="D77" s="75" t="s">
+        <v>283</v>
+      </c>
+      <c r="E77" s="105" t="s">
+        <v>284</v>
+      </c>
+      <c r="F77" s="78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77" s="83">
+        <v>45744</v>
+      </c>
+      <c r="I77" s="83">
+        <v>46474</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="76">
+        <v>6</v>
+      </c>
+      <c r="D78" s="75" t="s">
+        <v>285</v>
+      </c>
+      <c r="E78" s="98" t="s">
+        <v>286</v>
+      </c>
+      <c r="F78" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="G78" s="78" t="s">
+        <v>79</v>
+      </c>
+      <c r="H78" s="83">
+        <v>45744</v>
+      </c>
+      <c r="I78" s="83">
+        <v>46474</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B79" s="99" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" s="76">
+        <v>7</v>
+      </c>
+      <c r="D79" s="99" t="s">
+        <v>287</v>
+      </c>
+      <c r="E79" s="106" t="s">
+        <v>288</v>
+      </c>
+      <c r="F79" s="84" t="s">
+        <v>78</v>
+      </c>
+      <c r="G79" s="84" t="s">
+        <v>79</v>
+      </c>
+      <c r="H79" s="83">
+        <v>45744</v>
+      </c>
+      <c r="I79" s="83">
+        <v>46474</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B80" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="76">
+        <v>8</v>
+      </c>
+      <c r="D80" s="75" t="s">
+        <v>289</v>
+      </c>
+      <c r="E80" s="98" t="s">
+        <v>290</v>
+      </c>
+      <c r="F80" s="78" t="s">
+        <v>291</v>
+      </c>
+      <c r="G80" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H80" s="83">
+        <v>45770</v>
+      </c>
+      <c r="I80" s="83">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="85">
+        <v>2025</v>
+      </c>
+      <c r="B81" s="99" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="87">
+        <v>9</v>
+      </c>
+      <c r="D81" s="99" t="s">
+        <v>292</v>
+      </c>
+      <c r="E81" s="106" t="s">
+        <v>293</v>
+      </c>
+      <c r="F81" s="84" t="s">
+        <v>259</v>
+      </c>
+      <c r="G81" s="84" t="s">
+        <v>235</v>
+      </c>
+      <c r="H81" s="83">
+        <v>45770</v>
+      </c>
+      <c r="I81" s="83">
+        <v>46507</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B82" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C82" s="124">
+        <v>10</v>
+      </c>
+      <c r="D82" s="125" t="s">
+        <v>294</v>
+      </c>
+      <c r="E82" s="129" t="s">
+        <v>295</v>
+      </c>
+      <c r="F82" s="127" t="s">
+        <v>296</v>
+      </c>
+      <c r="G82" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="H82" s="130">
+        <v>45786</v>
+      </c>
+      <c r="I82" s="130">
+        <v>46516</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B83" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C83" s="124">
+        <v>11</v>
+      </c>
+      <c r="D83" s="125" t="s">
+        <v>297</v>
+      </c>
+      <c r="E83" s="129" t="s">
+        <v>298</v>
+      </c>
+      <c r="F83" s="127" t="s">
+        <v>270</v>
+      </c>
+      <c r="G83" s="130" t="s">
+        <v>205</v>
+      </c>
+      <c r="H83" s="130">
+        <v>45770</v>
+      </c>
+      <c r="I83" s="130">
+        <v>46500</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B84" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C84" s="124">
+        <v>12</v>
+      </c>
+      <c r="D84" s="125" t="s">
+        <v>300</v>
+      </c>
+      <c r="E84" s="129" t="s">
+        <v>301</v>
+      </c>
+      <c r="F84" s="127" t="s">
+        <v>267</v>
+      </c>
+      <c r="G84" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="H84" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I84" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B85" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C85" s="124">
         <v>13</v>
       </c>
-      <c r="E6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="15" t="s">
+      <c r="D85" s="125" t="s">
+        <v>302</v>
+      </c>
+      <c r="E85" s="129" t="s">
+        <v>303</v>
+      </c>
+      <c r="F85" s="127" t="s">
+        <v>304</v>
+      </c>
+      <c r="G85" s="127" t="s">
+        <v>19</v>
+      </c>
+      <c r="H85" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I85" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B86" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C86" s="124">
+        <v>14</v>
+      </c>
+      <c r="D86" s="125" t="s">
+        <v>305</v>
+      </c>
+      <c r="E86" s="129" t="s">
+        <v>306</v>
+      </c>
+      <c r="F86" s="127" t="s">
+        <v>273</v>
+      </c>
+      <c r="G86" s="127" t="s">
+        <v>38</v>
+      </c>
+      <c r="H86" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I86" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B87" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C87" s="124">
         <v>15</v>
       </c>
-      <c r="G6" s="15" t="s">
+      <c r="D87" s="125" t="s">
+        <v>307</v>
+      </c>
+      <c r="E87" s="129" t="s">
+        <v>308</v>
+      </c>
+      <c r="F87" s="127" t="s">
+        <v>259</v>
+      </c>
+      <c r="G87" s="127" t="s">
+        <v>235</v>
+      </c>
+      <c r="H87" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I87" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B88" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C88" s="124">
         <v>16</v>
       </c>
-      <c r="H6" s="16">
-[...16 lines deleted...]
-      <c r="D7" s="13" t="s">
+      <c r="D88" s="125" t="s">
+        <v>309</v>
+      </c>
+      <c r="E88" s="129" t="s">
+        <v>310</v>
+      </c>
+      <c r="F88" s="127" t="s">
+        <v>78</v>
+      </c>
+      <c r="G88" s="127" t="s">
+        <v>79</v>
+      </c>
+      <c r="H88" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I88" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="122">
+        <v>2025</v>
+      </c>
+      <c r="B89" s="123" t="s">
+        <v>201</v>
+      </c>
+      <c r="C89" s="124">
         <v>17</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="D89" s="125" t="s">
+        <v>311</v>
+      </c>
+      <c r="E89" s="129" t="s">
+        <v>312</v>
+      </c>
+      <c r="F89" s="127" t="s">
+        <v>204</v>
+      </c>
+      <c r="G89" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="H89" s="130">
+        <v>45798</v>
+      </c>
+      <c r="I89" s="130">
+        <v>46528</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="93">
+        <v>2025</v>
+      </c>
+      <c r="B90" s="94" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="91">
         <v>18</v>
       </c>
-      <c r="F7" s="15" t="s">
+      <c r="D90" s="94" t="s">
+        <v>313</v>
+      </c>
+      <c r="E90" s="95" t="s">
+        <v>314</v>
+      </c>
+      <c r="F90" s="92" t="s">
+        <v>315</v>
+      </c>
+      <c r="G90" s="92" t="s">
+        <v>316</v>
+      </c>
+      <c r="H90" s="96">
+        <v>45803</v>
+      </c>
+      <c r="I90" s="96">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B91" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="76">
         <v>19</v>
       </c>
-      <c r="G7" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D8" s="13" t="s">
+      <c r="D91" s="75" t="s">
+        <v>317</v>
+      </c>
+      <c r="E91" s="82" t="s">
+        <v>318</v>
+      </c>
+      <c r="F91" s="80" t="s">
+        <v>259</v>
+      </c>
+      <c r="G91" s="80" t="s">
+        <v>235</v>
+      </c>
+      <c r="H91" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I91" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B92" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="76">
         <v>20</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="D92" s="75" t="s">
+        <v>319</v>
+      </c>
+      <c r="E92" s="82" t="s">
+        <v>320</v>
+      </c>
+      <c r="F92" s="80" t="s">
+        <v>259</v>
+      </c>
+      <c r="G92" s="80" t="s">
+        <v>235</v>
+      </c>
+      <c r="H92" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I92" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B93" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" s="76">
         <v>21</v>
       </c>
-      <c r="F8" s="15" t="s">
+      <c r="D93" s="75" t="s">
+        <v>321</v>
+      </c>
+      <c r="E93" s="82" t="s">
+        <v>322</v>
+      </c>
+      <c r="F93" s="80" t="s">
+        <v>323</v>
+      </c>
+      <c r="G93" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H93" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I93" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B94" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="76">
         <v>22</v>
       </c>
-      <c r="G8" s="15" t="s">
+      <c r="D94" s="75" t="s">
+        <v>324</v>
+      </c>
+      <c r="E94" s="82" t="s">
+        <v>325</v>
+      </c>
+      <c r="F94" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G94" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H94" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I94" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B95" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="76">
         <v>23</v>
       </c>
-      <c r="H8" s="16">
-[...16 lines deleted...]
-      <c r="D9" s="13" t="s">
+      <c r="D95" s="75" t="s">
+        <v>327</v>
+      </c>
+      <c r="E95" s="82" t="s">
+        <v>328</v>
+      </c>
+      <c r="F95" s="80" t="s">
+        <v>329</v>
+      </c>
+      <c r="G95" s="80" t="s">
+        <v>330</v>
+      </c>
+      <c r="H95" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I95" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B96" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="76">
         <v>24</v>
       </c>
-      <c r="E9" s="7" t="s">
+      <c r="D96" s="75" t="s">
+        <v>331</v>
+      </c>
+      <c r="E96" s="82" t="s">
+        <v>332</v>
+      </c>
+      <c r="F96" s="80" t="s">
+        <v>333</v>
+      </c>
+      <c r="G96" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H96" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I96" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B97" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="76">
         <v>25</v>
       </c>
-      <c r="F9" s="15" t="s">
-[...22 lines deleted...]
-      <c r="D10" s="13" t="s">
+      <c r="D97" s="75" t="s">
+        <v>334</v>
+      </c>
+      <c r="E97" s="82" t="s">
+        <v>335</v>
+      </c>
+      <c r="F97" s="80" t="s">
+        <v>280</v>
+      </c>
+      <c r="G97" s="80" t="s">
+        <v>155</v>
+      </c>
+      <c r="H97" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I97" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B98" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="76">
         <v>26</v>
       </c>
-      <c r="E10" s="7" t="s">
+      <c r="D98" s="75" t="s">
+        <v>336</v>
+      </c>
+      <c r="E98" s="82" t="s">
+        <v>337</v>
+      </c>
+      <c r="F98" s="80" t="s">
+        <v>338</v>
+      </c>
+      <c r="G98" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H98" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I98" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B99" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="76">
         <v>27</v>
       </c>
-      <c r="F10" s="15" t="s">
+      <c r="D99" s="75" t="s">
+        <v>339</v>
+      </c>
+      <c r="E99" s="82" t="s">
+        <v>340</v>
+      </c>
+      <c r="F99" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G99" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H99" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I99" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B100" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="76">
         <v>28</v>
       </c>
-      <c r="G10" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D11" s="13" t="s">
+      <c r="D100" s="75" t="s">
+        <v>341</v>
+      </c>
+      <c r="E100" s="82" t="s">
+        <v>342</v>
+      </c>
+      <c r="F100" s="80" t="s">
+        <v>343</v>
+      </c>
+      <c r="G100" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H100" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I100" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B101" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="76">
         <v>29</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="D101" s="75" t="s">
+        <v>344</v>
+      </c>
+      <c r="E101" s="82" t="s">
+        <v>345</v>
+      </c>
+      <c r="F101" s="80" t="s">
+        <v>170</v>
+      </c>
+      <c r="G101" s="80" t="s">
+        <v>171</v>
+      </c>
+      <c r="H101" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I101" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B102" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="76">
         <v>30</v>
       </c>
-      <c r="F11" s="15" t="s">
-[...22 lines deleted...]
-      <c r="D12" s="13" t="s">
+      <c r="D102" s="75" t="s">
+        <v>346</v>
+      </c>
+      <c r="E102" s="82" t="s">
+        <v>347</v>
+      </c>
+      <c r="F102" s="80" t="s">
+        <v>348</v>
+      </c>
+      <c r="G102" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H102" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I102" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B103" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="76">
         <v>31</v>
       </c>
-      <c r="E12" s="7" t="s">
+      <c r="D103" s="75" t="s">
+        <v>349</v>
+      </c>
+      <c r="E103" s="82" t="s">
+        <v>350</v>
+      </c>
+      <c r="F103" s="80" t="s">
+        <v>351</v>
+      </c>
+      <c r="G103" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H103" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I103" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B104" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="76">
         <v>32</v>
       </c>
-      <c r="F12" s="15" t="s">
+      <c r="D104" s="75" t="s">
+        <v>352</v>
+      </c>
+      <c r="E104" s="82" t="s">
+        <v>353</v>
+      </c>
+      <c r="F104" s="80" t="s">
+        <v>354</v>
+      </c>
+      <c r="G104" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G12" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D13" s="13" t="s">
+      <c r="H104" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I104" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B105" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="76">
         <v>33</v>
       </c>
-      <c r="E13" s="7" t="s">
+      <c r="D105" s="75" t="s">
+        <v>355</v>
+      </c>
+      <c r="E105" s="82" t="s">
+        <v>356</v>
+      </c>
+      <c r="F105" s="80" t="s">
+        <v>190</v>
+      </c>
+      <c r="G105" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H105" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I105" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B106" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="76">
         <v>34</v>
       </c>
-      <c r="F13" s="15" t="s">
+      <c r="D106" s="75" t="s">
+        <v>357</v>
+      </c>
+      <c r="E106" s="82" t="s">
+        <v>358</v>
+      </c>
+      <c r="F106" s="80" t="s">
+        <v>359</v>
+      </c>
+      <c r="G106" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H106" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I106" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B107" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="76">
+        <v>35</v>
+      </c>
+      <c r="D107" s="75" t="s">
+        <v>360</v>
+      </c>
+      <c r="E107" s="82" t="s">
+        <v>361</v>
+      </c>
+      <c r="F107" s="80" t="s">
+        <v>362</v>
+      </c>
+      <c r="G107" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H107" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I107" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B108" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="76">
+        <v>36</v>
+      </c>
+      <c r="D108" s="75" t="s">
+        <v>364</v>
+      </c>
+      <c r="E108" s="82" t="s">
+        <v>365</v>
+      </c>
+      <c r="F108" s="80" t="s">
+        <v>366</v>
+      </c>
+      <c r="G108" s="80" t="s">
+        <v>205</v>
+      </c>
+      <c r="H108" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I108" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B109" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="76">
+        <v>37</v>
+      </c>
+      <c r="D109" s="75" t="s">
+        <v>367</v>
+      </c>
+      <c r="E109" s="82" t="s">
+        <v>368</v>
+      </c>
+      <c r="F109" s="80" t="s">
+        <v>369</v>
+      </c>
+      <c r="G109" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H109" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I109" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B110" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="76">
+        <v>38</v>
+      </c>
+      <c r="D110" s="75" t="s">
+        <v>370</v>
+      </c>
+      <c r="E110" s="82" t="s">
+        <v>371</v>
+      </c>
+      <c r="F110" s="80" t="s">
+        <v>190</v>
+      </c>
+      <c r="G110" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G13" s="15" t="s">
-[...48 lines deleted...]
-      <c r="D15" s="13" t="s">
+      <c r="H110" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I110" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B111" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="76">
         <v>39</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="D111" s="75" t="s">
+        <v>372</v>
+      </c>
+      <c r="E111" s="82" t="s">
+        <v>373</v>
+      </c>
+      <c r="F111" s="80" t="s">
+        <v>362</v>
+      </c>
+      <c r="G111" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H111" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I111" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B112" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="76">
         <v>40</v>
       </c>
-      <c r="F15" s="15" t="s">
+      <c r="D112" s="75" t="s">
+        <v>374</v>
+      </c>
+      <c r="E112" s="82" t="s">
+        <v>375</v>
+      </c>
+      <c r="F112" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H112" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I112" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B113" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="76">
         <v>41</v>
       </c>
-      <c r="G15" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D16" s="13" t="s">
+      <c r="D113" s="75" t="s">
+        <v>376</v>
+      </c>
+      <c r="E113" s="82" t="s">
+        <v>377</v>
+      </c>
+      <c r="F113" s="80" t="s">
+        <v>378</v>
+      </c>
+      <c r="G113" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H113" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I113" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B114" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="76">
         <v>42</v>
       </c>
-      <c r="E16" s="7" t="s">
+      <c r="D114" s="75" t="s">
+        <v>379</v>
+      </c>
+      <c r="E114" s="82" t="s">
+        <v>380</v>
+      </c>
+      <c r="F114" s="80" t="s">
+        <v>381</v>
+      </c>
+      <c r="G114" s="80" t="s">
+        <v>382</v>
+      </c>
+      <c r="H114" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I114" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B115" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="76">
         <v>43</v>
       </c>
-      <c r="F16" s="15" t="s">
+      <c r="D115" s="75" t="s">
+        <v>383</v>
+      </c>
+      <c r="E115" s="82" t="s">
+        <v>384</v>
+      </c>
+      <c r="F115" s="80" t="s">
+        <v>135</v>
+      </c>
+      <c r="G115" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H115" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I115" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B116" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="76">
         <v>44</v>
       </c>
-      <c r="G16" s="15" t="s">
+      <c r="D116" s="75" t="s">
+        <v>385</v>
+      </c>
+      <c r="E116" s="82" t="s">
+        <v>386</v>
+      </c>
+      <c r="F116" s="80" t="s">
+        <v>387</v>
+      </c>
+      <c r="G116" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H116" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I116" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B117" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C117" s="76">
         <v>45</v>
       </c>
-      <c r="H16" s="17">
-[...16 lines deleted...]
-      <c r="D17" s="13" t="s">
+      <c r="D117" s="75" t="s">
+        <v>388</v>
+      </c>
+      <c r="E117" s="82" t="s">
+        <v>389</v>
+      </c>
+      <c r="F117" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G117" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H117" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I117" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B118" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="76">
         <v>46</v>
       </c>
-      <c r="E17" s="7" t="s">
+      <c r="D118" s="75" t="s">
+        <v>390</v>
+      </c>
+      <c r="E118" s="82" t="s">
+        <v>391</v>
+      </c>
+      <c r="F118" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G118" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H118" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I118" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B119" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="76">
         <v>47</v>
       </c>
-      <c r="F17" s="15" t="s">
+      <c r="D119" s="75" t="s">
+        <v>392</v>
+      </c>
+      <c r="E119" s="82" t="s">
+        <v>393</v>
+      </c>
+      <c r="F119" s="80" t="s">
+        <v>394</v>
+      </c>
+      <c r="G119" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G17" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D18" s="13" t="s">
+      <c r="H119" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I119" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B120" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="76">
         <v>48</v>
       </c>
-      <c r="E18" s="7" t="s">
+      <c r="D120" s="75" t="s">
+        <v>395</v>
+      </c>
+      <c r="E120" s="82" t="s">
+        <v>396</v>
+      </c>
+      <c r="F120" s="80" t="s">
+        <v>397</v>
+      </c>
+      <c r="G120" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H120" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I120" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B121" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="76">
         <v>49</v>
       </c>
-      <c r="F18" s="15" t="s">
+      <c r="D121" s="75" t="s">
+        <v>398</v>
+      </c>
+      <c r="E121" s="82" t="s">
+        <v>399</v>
+      </c>
+      <c r="F121" s="80" t="s">
+        <v>378</v>
+      </c>
+      <c r="G121" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H121" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I121" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B122" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="76">
         <v>50</v>
       </c>
-      <c r="G18" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D19" s="13" t="s">
+      <c r="D122" s="75" t="s">
+        <v>400</v>
+      </c>
+      <c r="E122" s="82" t="s">
+        <v>401</v>
+      </c>
+      <c r="F122" s="80" t="s">
+        <v>402</v>
+      </c>
+      <c r="G122" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H122" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I122" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B123" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="76">
         <v>51</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="D123" s="75" t="s">
+        <v>403</v>
+      </c>
+      <c r="E123" s="82" t="s">
+        <v>404</v>
+      </c>
+      <c r="F123" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G123" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H123" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I123" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B124" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="76">
         <v>52</v>
       </c>
-      <c r="F19" s="15" t="s">
+      <c r="D124" s="75" t="s">
+        <v>405</v>
+      </c>
+      <c r="E124" s="82" t="s">
+        <v>406</v>
+      </c>
+      <c r="F124" s="80" t="s">
+        <v>407</v>
+      </c>
+      <c r="G124" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H124" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I124" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B125" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="76">
         <v>53</v>
       </c>
-      <c r="G19" s="15" t="s">
-[...19 lines deleted...]
-      <c r="D20" s="13" t="s">
+      <c r="D125" s="75" t="s">
+        <v>408</v>
+      </c>
+      <c r="E125" s="82" t="s">
+        <v>409</v>
+      </c>
+      <c r="F125" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G125" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H125" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I125" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B126" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C126" s="76">
         <v>54</v>
       </c>
-      <c r="E20" s="7" t="s">
+      <c r="D126" s="75" t="s">
+        <v>411</v>
+      </c>
+      <c r="E126" s="82" t="s">
+        <v>412</v>
+      </c>
+      <c r="F126" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="G126" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H126" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I126" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B127" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="76">
         <v>55</v>
       </c>
-      <c r="F20" s="15" t="s">
+      <c r="D127" s="75" t="s">
+        <v>413</v>
+      </c>
+      <c r="E127" s="82" t="s">
+        <v>414</v>
+      </c>
+      <c r="F127" s="80" t="s">
+        <v>415</v>
+      </c>
+      <c r="G127" s="80" t="s">
+        <v>382</v>
+      </c>
+      <c r="H127" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I127" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B128" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="76">
+        <v>56</v>
+      </c>
+      <c r="D128" s="75" t="s">
+        <v>416</v>
+      </c>
+      <c r="E128" s="82" t="s">
+        <v>417</v>
+      </c>
+      <c r="F128" s="80" t="s">
+        <v>359</v>
+      </c>
+      <c r="G128" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H128" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I128" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B129" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="76">
+        <v>57</v>
+      </c>
+      <c r="D129" s="75" t="s">
+        <v>418</v>
+      </c>
+      <c r="E129" s="82" t="s">
+        <v>419</v>
+      </c>
+      <c r="F129" s="80" t="s">
+        <v>78</v>
+      </c>
+      <c r="G129" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="H129" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I129" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B130" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="76">
+        <v>58</v>
+      </c>
+      <c r="D130" s="75" t="s">
+        <v>420</v>
+      </c>
+      <c r="E130" s="82" t="s">
+        <v>421</v>
+      </c>
+      <c r="F130" s="80" t="s">
+        <v>422</v>
+      </c>
+      <c r="G130" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H130" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I130" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B131" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="76">
+        <v>59</v>
+      </c>
+      <c r="D131" s="75" t="s">
+        <v>423</v>
+      </c>
+      <c r="E131" s="82" t="s">
+        <v>424</v>
+      </c>
+      <c r="F131" s="80" t="s">
+        <v>425</v>
+      </c>
+      <c r="G131" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H131" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I131" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B132" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C132" s="76">
+        <v>60</v>
+      </c>
+      <c r="D132" s="75" t="s">
+        <v>426</v>
+      </c>
+      <c r="E132" s="82" t="s">
+        <v>427</v>
+      </c>
+      <c r="F132" s="80" t="s">
+        <v>428</v>
+      </c>
+      <c r="G132" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H132" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I132" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B133" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C133" s="76">
+        <v>61</v>
+      </c>
+      <c r="D133" s="75" t="s">
+        <v>429</v>
+      </c>
+      <c r="E133" s="82" t="s">
+        <v>430</v>
+      </c>
+      <c r="F133" s="80" t="s">
+        <v>431</v>
+      </c>
+      <c r="G133" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H133" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I133" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B134" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="76">
+        <v>62</v>
+      </c>
+      <c r="D134" s="75" t="s">
+        <v>432</v>
+      </c>
+      <c r="E134" s="82" t="s">
+        <v>433</v>
+      </c>
+      <c r="F134" s="80" t="s">
+        <v>378</v>
+      </c>
+      <c r="G134" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H134" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I134" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B135" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="76">
+        <v>63</v>
+      </c>
+      <c r="D135" s="75" t="s">
+        <v>434</v>
+      </c>
+      <c r="E135" s="82" t="s">
+        <v>435</v>
+      </c>
+      <c r="F135" s="80" t="s">
+        <v>323</v>
+      </c>
+      <c r="G135" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G20" s="15" t="s">
-[...74 lines deleted...]
-      <c r="C23" s="14">
+      <c r="H135" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I135" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B136" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="76">
+        <v>64</v>
+      </c>
+      <c r="D136" s="75" t="s">
+        <v>436</v>
+      </c>
+      <c r="E136" s="82" t="s">
+        <v>437</v>
+      </c>
+      <c r="F136" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G136" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H136" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I136" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B137" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="76">
+        <v>65</v>
+      </c>
+      <c r="D137" s="75" t="s">
+        <v>438</v>
+      </c>
+      <c r="E137" s="82" t="s">
+        <v>439</v>
+      </c>
+      <c r="F137" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G137" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H137" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I137" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B138" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C138" s="76">
+        <v>66</v>
+      </c>
+      <c r="D138" s="75" t="s">
+        <v>440</v>
+      </c>
+      <c r="E138" s="82" t="s">
+        <v>441</v>
+      </c>
+      <c r="F138" s="80" t="s">
+        <v>422</v>
+      </c>
+      <c r="G138" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H138" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I138" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B139" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="76">
+        <v>67</v>
+      </c>
+      <c r="D139" s="75" t="s">
+        <v>442</v>
+      </c>
+      <c r="E139" s="82" t="s">
+        <v>443</v>
+      </c>
+      <c r="F139" s="80" t="s">
+        <v>259</v>
+      </c>
+      <c r="G139" s="80" t="s">
+        <v>235</v>
+      </c>
+      <c r="H139" s="83">
+        <v>45803</v>
+      </c>
+      <c r="I139" s="83">
+        <v>46533</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B140" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140" s="76">
+        <v>68</v>
+      </c>
+      <c r="D140" s="75" t="s">
+        <v>444</v>
+      </c>
+      <c r="E140" s="82" t="s">
+        <v>445</v>
+      </c>
+      <c r="F140" s="80" t="s">
+        <v>338</v>
+      </c>
+      <c r="G140" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H140" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I140" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B141" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="76">
+        <v>69</v>
+      </c>
+      <c r="D141" s="75" t="s">
+        <v>446</v>
+      </c>
+      <c r="E141" s="82" t="s">
+        <v>447</v>
+      </c>
+      <c r="F141" s="80" t="s">
+        <v>448</v>
+      </c>
+      <c r="G141" s="80" t="s">
+        <v>449</v>
+      </c>
+      <c r="H141" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I141" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B142" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C142" s="76">
+        <v>70</v>
+      </c>
+      <c r="D142" s="75" t="s">
+        <v>450</v>
+      </c>
+      <c r="E142" s="82" t="s">
+        <v>451</v>
+      </c>
+      <c r="F142" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G142" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H142" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I142" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B143" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C143" s="76">
+        <v>71</v>
+      </c>
+      <c r="D143" s="75" t="s">
+        <v>452</v>
+      </c>
+      <c r="E143" s="82" t="s">
+        <v>453</v>
+      </c>
+      <c r="F143" s="80" t="s">
+        <v>454</v>
+      </c>
+      <c r="G143" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H143" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I143" s="83">
+        <v>46564</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B144" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C144" s="76">
+        <v>72</v>
+      </c>
+      <c r="D144" s="75" t="s">
+        <v>455</v>
+      </c>
+      <c r="E144" s="82" t="s">
+        <v>456</v>
+      </c>
+      <c r="F144" s="80" t="s">
+        <v>428</v>
+      </c>
+      <c r="G144" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H144" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I144" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B145" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C145" s="76">
+        <v>73</v>
+      </c>
+      <c r="D145" s="75" t="s">
+        <v>457</v>
+      </c>
+      <c r="E145" s="82" t="s">
+        <v>458</v>
+      </c>
+      <c r="F145" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="G145" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H145" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I145" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B146" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C146" s="76">
+        <v>74</v>
+      </c>
+      <c r="D146" s="75" t="s">
+        <v>459</v>
+      </c>
+      <c r="E146" s="82" t="s">
+        <v>460</v>
+      </c>
+      <c r="F146" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G146" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H146" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I146" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B147" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C147" s="76">
+        <v>75</v>
+      </c>
+      <c r="D147" s="75" t="s">
+        <v>461</v>
+      </c>
+      <c r="E147" s="82" t="s">
+        <v>462</v>
+      </c>
+      <c r="F147" s="80" t="s">
+        <v>463</v>
+      </c>
+      <c r="G147" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H147" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I147" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B148" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C148" s="76">
+        <v>76</v>
+      </c>
+      <c r="D148" s="75" t="s">
+        <v>464</v>
+      </c>
+      <c r="E148" s="82" t="s">
+        <v>465</v>
+      </c>
+      <c r="F148" s="80" t="s">
+        <v>135</v>
+      </c>
+      <c r="G148" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H148" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I148" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B149" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="76">
+        <v>77</v>
+      </c>
+      <c r="D149" s="75" t="s">
+        <v>466</v>
+      </c>
+      <c r="E149" s="82" t="s">
+        <v>467</v>
+      </c>
+      <c r="F149" s="80" t="s">
+        <v>259</v>
+      </c>
+      <c r="G149" s="80" t="s">
+        <v>235</v>
+      </c>
+      <c r="H149" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I149" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B150" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C150" s="76">
+        <v>78</v>
+      </c>
+      <c r="D150" s="75" t="s">
+        <v>468</v>
+      </c>
+      <c r="E150" s="82" t="s">
+        <v>469</v>
+      </c>
+      <c r="F150" s="80" t="s">
+        <v>362</v>
+      </c>
+      <c r="G150" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H150" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I150" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B151" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="76">
+        <v>79</v>
+      </c>
+      <c r="D151" s="75" t="s">
+        <v>470</v>
+      </c>
+      <c r="E151" s="82" t="s">
+        <v>471</v>
+      </c>
+      <c r="F151" s="80" t="s">
+        <v>280</v>
+      </c>
+      <c r="G151" s="80" t="s">
+        <v>155</v>
+      </c>
+      <c r="H151" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I151" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B152" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="76">
+        <v>80</v>
+      </c>
+      <c r="D152" s="75" t="s">
+        <v>472</v>
+      </c>
+      <c r="E152" s="82" t="s">
+        <v>473</v>
+      </c>
+      <c r="F152" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="G152" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H152" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I152" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B153" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C153" s="76">
+        <v>81</v>
+      </c>
+      <c r="D153" s="75" t="s">
+        <v>474</v>
+      </c>
+      <c r="E153" s="82" t="s">
+        <v>475</v>
+      </c>
+      <c r="F153" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G153" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H153" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I153" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B154" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C154" s="76">
+        <v>82</v>
+      </c>
+      <c r="D154" s="75" t="s">
+        <v>476</v>
+      </c>
+      <c r="E154" s="82" t="s">
+        <v>477</v>
+      </c>
+      <c r="F154" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G154" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H154" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I154" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B155" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C155" s="76">
+        <v>83</v>
+      </c>
+      <c r="D155" s="75" t="s">
+        <v>478</v>
+      </c>
+      <c r="E155" s="82" t="s">
+        <v>479</v>
+      </c>
+      <c r="F155" s="80" t="s">
+        <v>84</v>
+      </c>
+      <c r="G155" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H155" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I155" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B156" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C156" s="76">
+        <v>84</v>
+      </c>
+      <c r="D156" s="75" t="s">
+        <v>480</v>
+      </c>
+      <c r="E156" s="82" t="s">
+        <v>481</v>
+      </c>
+      <c r="F156" s="80" t="s">
+        <v>338</v>
+      </c>
+      <c r="G156" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H156" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I156" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B157" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C157" s="76">
+        <v>85</v>
+      </c>
+      <c r="D157" s="75" t="s">
+        <v>482</v>
+      </c>
+      <c r="E157" s="82" t="s">
+        <v>483</v>
+      </c>
+      <c r="F157" s="80" t="s">
+        <v>484</v>
+      </c>
+      <c r="G157" s="80" t="s">
+        <v>485</v>
+      </c>
+      <c r="H157" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I157" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B158" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C158" s="76">
+        <v>86</v>
+      </c>
+      <c r="D158" s="75" t="s">
+        <v>486</v>
+      </c>
+      <c r="E158" s="82" t="s">
+        <v>487</v>
+      </c>
+      <c r="F158" s="80" t="s">
+        <v>187</v>
+      </c>
+      <c r="G158" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H158" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I158" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B159" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C159" s="76">
+        <v>87</v>
+      </c>
+      <c r="D159" s="75" t="s">
+        <v>488</v>
+      </c>
+      <c r="E159" s="82" t="s">
+        <v>489</v>
+      </c>
+      <c r="F159" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G159" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H159" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I159" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B160" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C160" s="76">
+        <v>88</v>
+      </c>
+      <c r="D160" s="75" t="s">
+        <v>490</v>
+      </c>
+      <c r="E160" s="82" t="s">
+        <v>491</v>
+      </c>
+      <c r="F160" s="80" t="s">
+        <v>221</v>
+      </c>
+      <c r="G160" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H160" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I160" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B161" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C161" s="76">
+        <v>89</v>
+      </c>
+      <c r="D161" s="75" t="s">
+        <v>492</v>
+      </c>
+      <c r="E161" s="82" t="s">
+        <v>493</v>
+      </c>
+      <c r="F161" s="80" t="s">
+        <v>428</v>
+      </c>
+      <c r="G161" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H161" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I161" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B162" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C162" s="76">
+        <v>90</v>
+      </c>
+      <c r="D162" s="75" t="s">
+        <v>494</v>
+      </c>
+      <c r="E162" s="82" t="s">
+        <v>495</v>
+      </c>
+      <c r="F162" s="80" t="s">
+        <v>496</v>
+      </c>
+      <c r="G162" s="80" t="s">
+        <v>485</v>
+      </c>
+      <c r="H162" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I162" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B163" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C163" s="76">
+        <v>91</v>
+      </c>
+      <c r="D163" s="75" t="s">
+        <v>497</v>
+      </c>
+      <c r="E163" s="82" t="s">
+        <v>498</v>
+      </c>
+      <c r="F163" s="80" t="s">
+        <v>496</v>
+      </c>
+      <c r="G163" s="80" t="s">
+        <v>485</v>
+      </c>
+      <c r="H163" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I163" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B164" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C164" s="76">
+        <v>92</v>
+      </c>
+      <c r="D164" s="75" t="s">
+        <v>499</v>
+      </c>
+      <c r="E164" s="82" t="s">
+        <v>500</v>
+      </c>
+      <c r="F164" s="80" t="s">
+        <v>501</v>
+      </c>
+      <c r="G164" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H164" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I164" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B165" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C165" s="76">
+        <v>93</v>
+      </c>
+      <c r="D165" s="75" t="s">
+        <v>502</v>
+      </c>
+      <c r="E165" s="82" t="s">
+        <v>503</v>
+      </c>
+      <c r="F165" s="80" t="s">
+        <v>378</v>
+      </c>
+      <c r="G165" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H165" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I165" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B166" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C166" s="76">
+        <v>94</v>
+      </c>
+      <c r="D166" s="75" t="s">
+        <v>504</v>
+      </c>
+      <c r="E166" s="82" t="s">
+        <v>505</v>
+      </c>
+      <c r="F166" s="80" t="s">
+        <v>329</v>
+      </c>
+      <c r="G166" s="80" t="s">
+        <v>330</v>
+      </c>
+      <c r="H166" s="83">
+        <v>45834</v>
+      </c>
+      <c r="I166" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B167" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="76">
+        <v>95</v>
+      </c>
+      <c r="D167" s="75" t="s">
+        <v>506</v>
+      </c>
+      <c r="E167" s="82" t="s">
+        <v>507</v>
+      </c>
+      <c r="F167" s="80" t="s">
+        <v>508</v>
+      </c>
+      <c r="G167" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H167" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I167" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B168" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C168" s="76">
+        <v>96</v>
+      </c>
+      <c r="D168" s="75" t="s">
+        <v>509</v>
+      </c>
+      <c r="E168" s="82" t="s">
+        <v>510</v>
+      </c>
+      <c r="F168" s="80" t="s">
+        <v>221</v>
+      </c>
+      <c r="G168" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H168" s="83">
+        <v>45833</v>
+      </c>
+      <c r="I168" s="83">
+        <v>46563</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B169" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C169" s="76">
+        <v>97</v>
+      </c>
+      <c r="D169" s="75" t="s">
+        <v>511</v>
+      </c>
+      <c r="E169" s="82" t="s">
+        <v>512</v>
+      </c>
+      <c r="F169" s="80" t="s">
+        <v>422</v>
+      </c>
+      <c r="G169" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H169" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I169" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B170" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="76">
+        <v>98</v>
+      </c>
+      <c r="D170" s="75" t="s">
+        <v>513</v>
+      </c>
+      <c r="E170" s="82" t="s">
+        <v>514</v>
+      </c>
+      <c r="F170" s="80" t="s">
+        <v>515</v>
+      </c>
+      <c r="G170" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H170" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I170" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B171" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="76">
+        <v>99</v>
+      </c>
+      <c r="D171" s="75" t="s">
+        <v>516</v>
+      </c>
+      <c r="E171" s="82" t="s">
+        <v>517</v>
+      </c>
+      <c r="F171" s="80" t="s">
+        <v>130</v>
+      </c>
+      <c r="G171" s="80" t="s">
+        <v>131</v>
+      </c>
+      <c r="H171" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I171" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B172" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="76">
+        <v>100</v>
+      </c>
+      <c r="D172" s="75" t="s">
+        <v>518</v>
+      </c>
+      <c r="E172" s="82" t="s">
+        <v>519</v>
+      </c>
+      <c r="F172" s="80" t="s">
+        <v>410</v>
+      </c>
+      <c r="G172" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H172" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I172" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B173" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C173" s="76">
+        <v>101</v>
+      </c>
+      <c r="D173" s="75" t="s">
+        <v>520</v>
+      </c>
+      <c r="E173" s="82" t="s">
+        <v>521</v>
+      </c>
+      <c r="F173" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G173" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H173" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I173" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B174" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C174" s="76">
+        <v>102</v>
+      </c>
+      <c r="D174" s="75" t="s">
+        <v>522</v>
+      </c>
+      <c r="E174" s="82" t="s">
+        <v>523</v>
+      </c>
+      <c r="F174" s="80" t="s">
+        <v>190</v>
+      </c>
+      <c r="G174" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H174" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I174" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B175" s="75" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="76">
+        <v>103</v>
+      </c>
+      <c r="D175" s="75" t="s">
+        <v>524</v>
+      </c>
+      <c r="E175" s="82" t="s">
+        <v>525</v>
+      </c>
+      <c r="F175" s="80" t="s">
+        <v>526</v>
+      </c>
+      <c r="G175" s="80" t="s">
+        <v>135</v>
+      </c>
+      <c r="H175" s="83">
+        <v>45845</v>
+      </c>
+      <c r="I175" s="83">
+        <v>46575</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B176" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C176" s="76">
+        <v>104</v>
+      </c>
+      <c r="D176" s="75" t="s">
+        <v>527</v>
+      </c>
+      <c r="E176" s="82" t="s">
+        <v>528</v>
+      </c>
+      <c r="F176" s="80" t="s">
+        <v>135</v>
+      </c>
+      <c r="G176" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H176" s="83">
+        <v>45860</v>
+      </c>
+      <c r="I176" s="83">
+        <v>46590</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B177" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C177" s="76">
+        <v>105</v>
+      </c>
+      <c r="D177" s="75" t="s">
+        <v>529</v>
+      </c>
+      <c r="E177" s="82" t="s">
+        <v>530</v>
+      </c>
+      <c r="F177" s="80" t="s">
+        <v>531</v>
+      </c>
+      <c r="G177" s="80" t="s">
+        <v>277</v>
+      </c>
+      <c r="H177" s="83">
+        <v>45860</v>
+      </c>
+      <c r="I177" s="83">
+        <v>46590</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B178" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C178" s="76">
+        <v>106</v>
+      </c>
+      <c r="D178" s="75" t="s">
+        <v>532</v>
+      </c>
+      <c r="E178" s="82" t="s">
+        <v>533</v>
+      </c>
+      <c r="F178" s="80" t="s">
+        <v>534</v>
+      </c>
+      <c r="G178" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H178" s="83">
+        <v>45860</v>
+      </c>
+      <c r="I178" s="83">
+        <v>46590</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B179" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C179" s="76">
+        <v>107</v>
+      </c>
+      <c r="D179" s="75" t="s">
+        <v>535</v>
+      </c>
+      <c r="E179" s="82" t="s">
+        <v>536</v>
+      </c>
+      <c r="F179" s="80" t="s">
+        <v>537</v>
+      </c>
+      <c r="G179" s="80" t="s">
+        <v>225</v>
+      </c>
+      <c r="H179" s="83">
+        <v>45862</v>
+      </c>
+      <c r="I179" s="83">
+        <v>46562</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B180" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C180" s="76">
+        <v>108</v>
+      </c>
+      <c r="D180" s="75" t="s">
+        <v>538</v>
+      </c>
+      <c r="E180" s="82" t="s">
+        <v>539</v>
+      </c>
+      <c r="F180" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G180" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H180" s="83">
+        <v>45873</v>
+      </c>
+      <c r="I180" s="83">
+        <v>46603</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B181" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C181" s="76">
+        <v>109</v>
+      </c>
+      <c r="D181" s="75" t="s">
+        <v>540</v>
+      </c>
+      <c r="E181" s="82" t="s">
+        <v>541</v>
+      </c>
+      <c r="F181" s="80" t="s">
+        <v>542</v>
+      </c>
+      <c r="G181" s="80" t="s">
+        <v>330</v>
+      </c>
+      <c r="H181" s="83">
+        <v>45873</v>
+      </c>
+      <c r="I181" s="83">
+        <v>46603</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B182" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C182" s="76">
+        <v>110</v>
+      </c>
+      <c r="D182" s="75" t="s">
+        <v>543</v>
+      </c>
+      <c r="E182" s="82" t="s">
+        <v>544</v>
+      </c>
+      <c r="F182" s="80" t="s">
         <v>18</v>
       </c>
-      <c r="D23" s="13" t="s">
-[...25 lines deleted...]
-      <c r="C24" s="14">
+      <c r="G182" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="D24" s="13" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="15" t="s">
+      <c r="H182" s="83">
+        <v>45873</v>
+      </c>
+      <c r="I182" s="83">
+        <v>46603</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B183" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C183" s="76">
+        <v>111</v>
+      </c>
+      <c r="D183" s="75" t="s">
+        <v>545</v>
+      </c>
+      <c r="E183" s="82" t="s">
+        <v>546</v>
+      </c>
+      <c r="F183" s="80" t="s">
+        <v>547</v>
+      </c>
+      <c r="G183" s="80" t="s">
+        <v>277</v>
+      </c>
+      <c r="H183" s="83">
+        <v>45908</v>
+      </c>
+      <c r="I183" s="83">
+        <v>46638</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B184" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C184" s="76">
+        <v>112</v>
+      </c>
+      <c r="D184" s="75" t="s">
+        <v>548</v>
+      </c>
+      <c r="E184" s="82" t="s">
+        <v>549</v>
+      </c>
+      <c r="F184" s="80" t="s">
+        <v>534</v>
+      </c>
+      <c r="G184" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G24" s="15" t="s">
-[...25 lines deleted...]
-      <c r="F25" s="15" t="s">
+      <c r="H184" s="83">
+        <v>45908</v>
+      </c>
+      <c r="I184" s="83">
+        <v>46638</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B185" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C185" s="76">
+        <v>113</v>
+      </c>
+      <c r="D185" s="75" t="s">
+        <v>550</v>
+      </c>
+      <c r="E185" s="82" t="s">
+        <v>551</v>
+      </c>
+      <c r="F185" s="80" t="s">
+        <v>552</v>
+      </c>
+      <c r="G185" s="80" t="s">
+        <v>316</v>
+      </c>
+      <c r="H185" s="83">
+        <v>45908</v>
+      </c>
+      <c r="I185" s="83">
+        <v>46638</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B186" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C186" s="76">
+        <v>114</v>
+      </c>
+      <c r="D186" s="75" t="s">
+        <v>553</v>
+      </c>
+      <c r="E186" s="82" t="s">
+        <v>554</v>
+      </c>
+      <c r="F186" s="80" t="s">
+        <v>555</v>
+      </c>
+      <c r="G186" s="80" t="s">
+        <v>225</v>
+      </c>
+      <c r="H186" s="83">
+        <v>45908</v>
+      </c>
+      <c r="I186" s="83">
+        <v>46638</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B187" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C187" s="76">
+        <v>115</v>
+      </c>
+      <c r="D187" s="75" t="s">
+        <v>556</v>
+      </c>
+      <c r="E187" s="82" t="s">
+        <v>557</v>
+      </c>
+      <c r="F187" s="80" t="s">
+        <v>558</v>
+      </c>
+      <c r="G187" s="80" t="s">
+        <v>559</v>
+      </c>
+      <c r="H187" s="83">
+        <v>45908</v>
+      </c>
+      <c r="I187" s="83">
+        <v>46638</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B188" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C188" s="76">
+        <v>116</v>
+      </c>
+      <c r="D188" s="75" t="s">
+        <v>560</v>
+      </c>
+      <c r="E188" s="82" t="s">
+        <v>561</v>
+      </c>
+      <c r="F188" s="80" t="s">
+        <v>562</v>
+      </c>
+      <c r="G188" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G25" s="15" t="s">
-[...22 lines deleted...]
-      <c r="E26" s="7" t="s">
+      <c r="H188" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I188" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B189" s="75" t="s">
         <v>68</v>
       </c>
-      <c r="F26" s="15" t="s">
-[...164 lines deleted...]
-      <c r="C32" s="14">
+      <c r="C189" s="76">
+        <v>117</v>
+      </c>
+      <c r="D189" s="75" t="s">
+        <v>563</v>
+      </c>
+      <c r="E189" s="82" t="s">
+        <v>564</v>
+      </c>
+      <c r="F189" s="80" t="s">
+        <v>106</v>
+      </c>
+      <c r="G189" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H189" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I189" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B190" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C190" s="76">
+        <v>118</v>
+      </c>
+      <c r="D190" s="75" t="s">
+        <v>565</v>
+      </c>
+      <c r="E190" s="82" t="s">
+        <v>566</v>
+      </c>
+      <c r="F190" s="80" t="s">
+        <v>567</v>
+      </c>
+      <c r="G190" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H190" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I190" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B191" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C191" s="76">
+        <v>119</v>
+      </c>
+      <c r="D191" s="75" t="s">
+        <v>568</v>
+      </c>
+      <c r="E191" s="82" t="s">
+        <v>569</v>
+      </c>
+      <c r="F191" s="80" t="s">
+        <v>224</v>
+      </c>
+      <c r="G191" s="80" t="s">
+        <v>225</v>
+      </c>
+      <c r="H191" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I191" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B192" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C192" s="76">
+        <v>120</v>
+      </c>
+      <c r="D192" s="75" t="s">
+        <v>570</v>
+      </c>
+      <c r="E192" s="82" t="s">
+        <v>571</v>
+      </c>
+      <c r="F192" s="80" t="s">
+        <v>572</v>
+      </c>
+      <c r="G192" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="D32" s="13" t="s">
-[...63 lines deleted...]
-      <c r="F34" s="15" t="s">
+      <c r="H192" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I192" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B193" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C193" s="76">
+        <v>121</v>
+      </c>
+      <c r="D193" s="75" t="s">
+        <v>573</v>
+      </c>
+      <c r="E193" s="82" t="s">
+        <v>574</v>
+      </c>
+      <c r="F193" s="80" t="s">
+        <v>106</v>
+      </c>
+      <c r="G193" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G34" s="15" t="s">
-[...141 lines deleted...]
-      <c r="F39" s="15" t="s">
+      <c r="H193" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I193" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B194" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C194" s="76">
+        <v>122</v>
+      </c>
+      <c r="D194" s="75" t="s">
+        <v>575</v>
+      </c>
+      <c r="E194" s="82" t="s">
+        <v>576</v>
+      </c>
+      <c r="F194" s="80" t="s">
+        <v>329</v>
+      </c>
+      <c r="G194" s="80" t="s">
+        <v>330</v>
+      </c>
+      <c r="H194" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I194" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B195" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C195" s="76">
+        <v>123</v>
+      </c>
+      <c r="D195" s="75" t="s">
+        <v>577</v>
+      </c>
+      <c r="E195" s="82" t="s">
+        <v>578</v>
+      </c>
+      <c r="F195" s="80" t="s">
+        <v>126</v>
+      </c>
+      <c r="G195" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H195" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I195" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B196" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C196" s="76">
+        <v>124</v>
+      </c>
+      <c r="D196" s="75" t="s">
+        <v>579</v>
+      </c>
+      <c r="E196" s="82" t="s">
+        <v>580</v>
+      </c>
+      <c r="F196" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G196" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="H196" s="83">
+        <v>45936</v>
+      </c>
+      <c r="I196" s="83">
+        <v>46666</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B197" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C197" s="76">
+        <v>125</v>
+      </c>
+      <c r="D197" s="75" t="s">
+        <v>581</v>
+      </c>
+      <c r="E197" s="82" t="s">
+        <v>582</v>
+      </c>
+      <c r="F197" s="80" t="s">
+        <v>422</v>
+      </c>
+      <c r="G197" s="80" t="s">
+        <v>363</v>
+      </c>
+      <c r="H197" s="83">
+        <v>45971</v>
+      </c>
+      <c r="I197" s="83">
+        <v>46701</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B198" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C198" s="76">
+        <v>126</v>
+      </c>
+      <c r="D198" s="75" t="s">
+        <v>583</v>
+      </c>
+      <c r="E198" s="82" t="s">
+        <v>584</v>
+      </c>
+      <c r="F198" s="80" t="s">
+        <v>585</v>
+      </c>
+      <c r="G198" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G39" s="15" t="s">
-[...225 lines deleted...]
-      <c r="E47" s="7" t="s">
+      <c r="H198" s="83">
+        <v>45971</v>
+      </c>
+      <c r="I198" s="83">
+        <v>46701</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B199" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C199" s="76">
         <v>127</v>
       </c>
-      <c r="F47" s="15" t="s">
+      <c r="D199" s="75" t="s">
+        <v>586</v>
+      </c>
+      <c r="E199" s="82" t="s">
+        <v>587</v>
+      </c>
+      <c r="F199" s="80" t="s">
+        <v>588</v>
+      </c>
+      <c r="G199" s="80" t="s">
+        <v>235</v>
+      </c>
+      <c r="H199" s="83">
+        <v>45971</v>
+      </c>
+      <c r="I199" s="83">
+        <v>46701</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B200" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C200" s="76">
         <v>128</v>
       </c>
-      <c r="G47" s="15" t="s">
+      <c r="D200" s="75" t="s">
+        <v>589</v>
+      </c>
+      <c r="E200" s="82" t="s">
+        <v>590</v>
+      </c>
+      <c r="F200" s="80" t="s">
+        <v>588</v>
+      </c>
+      <c r="G200" s="90" t="s">
+        <v>235</v>
+      </c>
+      <c r="H200" s="86">
+        <v>45971</v>
+      </c>
+      <c r="I200" s="86">
+        <v>46701</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B201" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C201" s="76">
         <v>129</v>
       </c>
-      <c r="H47" s="17">
-[...16 lines deleted...]
-      <c r="D48" s="13" t="s">
+      <c r="D201" s="75" t="s">
+        <v>591</v>
+      </c>
+      <c r="E201" s="82" t="s">
+        <v>592</v>
+      </c>
+      <c r="F201" s="80" t="s">
+        <v>326</v>
+      </c>
+      <c r="G201" s="90" t="s">
+        <v>27</v>
+      </c>
+      <c r="H201" s="86">
+        <v>46000</v>
+      </c>
+      <c r="I201" s="86">
+        <v>46730</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="74">
+        <v>2025</v>
+      </c>
+      <c r="B202" s="75" t="s">
+        <v>68</v>
+      </c>
+      <c r="C202" s="76">
         <v>130</v>
       </c>
-      <c r="E48" s="7" t="s">
-[...1945 lines deleted...]
-      <c r="F115" s="15" t="s">
+      <c r="D202" s="75" t="s">
+        <v>593</v>
+      </c>
+      <c r="E202" s="82" t="s">
+        <v>594</v>
+      </c>
+      <c r="F202" s="80" t="s">
+        <v>595</v>
+      </c>
+      <c r="G202" s="90" t="s">
         <v>316</v>
       </c>
-      <c r="G115" s="15" t="s">
-[...2057 lines deleted...]
-    <row r="245" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="H202" s="86">
+        <v>46013</v>
+      </c>
+      <c r="I202" s="86">
+        <v>46743</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A203" s="88" t="s">
+        <v>600</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B5:I184" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A5:AH203" xr:uid="{E8EBCCB9-AACC-4535-B2B2-AECCF43A6274}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
-  <conditionalFormatting sqref="H89">
-    <cfRule type="duplicateValues" dxfId="1" priority="3"/>
+  <conditionalFormatting sqref="D5">
+    <cfRule type="duplicateValues" dxfId="4" priority="23"/>
+    <cfRule type="duplicateValues" dxfId="3" priority="68"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D6:D202">
+    <cfRule type="duplicateValues" dxfId="2" priority="92"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H83">
+    <cfRule type="duplicateValues" dxfId="1" priority="2"/>
     <cfRule type="duplicateValues" dxfId="0" priority="3"/>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="E48" r:id="rId1" display="mailto:dianaherfi@gmail.com" xr:uid="{07ED07A4-8FBD-4E6C-BB2A-3DFE93954EA2}"/>
-[...154 lines deleted...]
-    <hyperlink ref="E183" r:id="rId156" xr:uid="{29C07471-7F7E-4A7B-9271-C184042CF5E4}"/>
+    <hyperlink ref="E43" r:id="rId1" display="mailto:dianaherfi@gmail.com" xr:uid="{7579D8E5-0A45-49DE-8B0D-2B1100A6353A}"/>
+    <hyperlink ref="E42" r:id="rId2" display="mailto:elkincflorez@hotmail.com" xr:uid="{7210AE78-0019-426B-AAD9-2134289E37DE}"/>
+    <hyperlink ref="E41" r:id="rId3" display="mailto:lordonez314@gmail.com" xr:uid="{297783BF-6FB5-4747-A5DC-638E2C0DC07A}"/>
+    <hyperlink ref="E13" r:id="rId4" xr:uid="{EB81AB01-C5CE-49AF-B221-0F7B669DE91B}"/>
+    <hyperlink ref="E23" r:id="rId5" display="mailto:danielcam@hotmail.com" xr:uid="{72E88DB7-7CB1-4A2A-ADB7-F2551986BCEA}"/>
+    <hyperlink ref="E26" r:id="rId6" display="mailto:catagarciamvz@gmail.com" xr:uid="{2A9979B7-CE15-4A7F-B115-8DF2D5EA4706}"/>
+    <hyperlink ref="E19" r:id="rId7" xr:uid="{0DB7B361-D613-4334-9C35-D137E7A22EDA}"/>
+    <hyperlink ref="E12" r:id="rId8" display="mailto:cbedoya@udca.edu.co" xr:uid="{2071A86E-2E22-4EA1-B3B7-C892A4968A7E}"/>
+    <hyperlink ref="E27" r:id="rId9" xr:uid="{B103F5D2-1F5F-412A-85C7-7FCDD4665E58}"/>
+    <hyperlink ref="E30" r:id="rId10" xr:uid="{E56F4ABD-66D7-4CFE-89D2-3BA15A3B2F6A}"/>
+    <hyperlink ref="E14" r:id="rId11" xr:uid="{7CE68050-2536-4A3E-A892-F71B3522A835}"/>
+    <hyperlink ref="E36" r:id="rId12" xr:uid="{119C4C7A-34C7-4620-823D-77028292118F}"/>
+    <hyperlink ref="E37" r:id="rId13" xr:uid="{00A3934A-1485-44AE-8D8B-B5A38A45D85C}"/>
+    <hyperlink ref="E25" r:id="rId14" xr:uid="{D1B4CE84-CB68-41F8-AF53-080D22230B51}"/>
+    <hyperlink ref="E38" r:id="rId15" xr:uid="{92A80D86-B5D7-4A7A-AEE8-60DCD1580951}"/>
+    <hyperlink ref="E29" r:id="rId16" xr:uid="{605C69A9-F7B4-4FEA-A4D9-348001FCD78C}"/>
+    <hyperlink ref="E10" r:id="rId17" xr:uid="{4F13B67C-5BC5-4940-8319-A8A0037FD3B0}"/>
+    <hyperlink ref="E40" r:id="rId18" xr:uid="{AD2C1BBA-A39A-437E-AE2F-25F6A170314C}"/>
+    <hyperlink ref="E32" r:id="rId19" xr:uid="{7A9DC494-979F-46E1-90E0-C002D5129E76}"/>
+    <hyperlink ref="E28" r:id="rId20" xr:uid="{8E3534DD-2C85-4E27-82BA-4D6E1DDA9CCE}"/>
+    <hyperlink ref="E31" r:id="rId21" xr:uid="{0424B632-88E3-4AB2-8E93-368C3B57BC1E}"/>
+    <hyperlink ref="E24" r:id="rId22" xr:uid="{4E8535D3-2749-4E9A-A3B1-377431410D5F}"/>
+    <hyperlink ref="E21" r:id="rId23" xr:uid="{2CCFA09F-DAD5-4398-9BE3-4155DB2AC36E}"/>
+    <hyperlink ref="E34" r:id="rId24" xr:uid="{DBCC14F1-2527-4C52-A804-88633F5E62BD}"/>
+    <hyperlink ref="E20" r:id="rId25" display="rksolucionesvet@gmail.com" xr:uid="{33308FE1-6C8F-4B7C-9AE9-6A03F417FD12}"/>
+    <hyperlink ref="E18" r:id="rId26" xr:uid="{A65142B2-68C4-4B78-B5B7-0C4398C013EA}"/>
+    <hyperlink ref="E16" r:id="rId27" xr:uid="{A4A2646D-618A-45CB-B407-4A05A852F3B7}"/>
+    <hyperlink ref="E33" r:id="rId28" xr:uid="{7777A235-71E2-4C26-987B-0599D6B49761}"/>
+    <hyperlink ref="E35" r:id="rId29" xr:uid="{BF08CA14-3ADA-43C2-B8DE-FEB95C728DC6}"/>
+    <hyperlink ref="E39" r:id="rId30" xr:uid="{2AF4BB09-B97B-4D90-9ED6-CBE49BFABE5D}"/>
+    <hyperlink ref="E17" r:id="rId31" xr:uid="{75896923-7E3B-415C-9482-0407CD3A6E96}"/>
+    <hyperlink ref="E11" r:id="rId32" xr:uid="{06CBB5A3-8427-4D27-AB1E-920BC6AA20CC}"/>
+    <hyperlink ref="E15" r:id="rId33" xr:uid="{63FA33C6-DA99-4458-8326-B4249D6516B4}"/>
+    <hyperlink ref="E22" r:id="rId34" xr:uid="{4D37C3D3-E066-434D-9980-140787671272}"/>
+    <hyperlink ref="E9" r:id="rId35" xr:uid="{5C8BD25A-C6E5-40DA-A0A6-02900B6508C3}"/>
+    <hyperlink ref="E8" r:id="rId36" xr:uid="{A1942EDA-E164-41A1-B7DC-F11F3DBF0913}"/>
+    <hyperlink ref="E7" r:id="rId37" xr:uid="{445C6D13-8367-41CC-B4CB-7E5F0CF5C3AF}"/>
+    <hyperlink ref="E6" r:id="rId38" xr:uid="{FC1B4BBF-4D8F-4FD1-A3C7-A18E4C54BBAE}"/>
+    <hyperlink ref="E51" r:id="rId39" xr:uid="{B4AF7053-72D5-47F2-9CCE-6DC5DE8C4EF3}"/>
+    <hyperlink ref="E52" r:id="rId40" xr:uid="{D9BB385D-8EB0-444A-9947-BB81A93FE27B}"/>
+    <hyperlink ref="E53" r:id="rId41" xr:uid="{CC4416B7-DBC5-4D14-880B-169679DE40AB}"/>
+    <hyperlink ref="E54" r:id="rId42" xr:uid="{1E5A711F-4F9C-48E4-B76E-EFE8CF12C803}"/>
+    <hyperlink ref="E55" r:id="rId43" xr:uid="{A3CDE61E-8515-44C0-88B0-C4A5712D9B4D}"/>
+    <hyperlink ref="E56" r:id="rId44" xr:uid="{B6A8A530-48BF-4784-BF71-EFA43609E3DF}"/>
+    <hyperlink ref="E58" r:id="rId45" xr:uid="{50C6BFEB-70C8-437C-A047-D946B736D51D}"/>
+    <hyperlink ref="E59" r:id="rId46" xr:uid="{F3FC4E25-7465-489E-AFDB-93A5758DCC18}"/>
+    <hyperlink ref="E60" r:id="rId47" xr:uid="{C25EEE0A-183B-4683-BA26-53DF2D8A706F}"/>
+    <hyperlink ref="E61" r:id="rId48" xr:uid="{F72C1890-71FA-4AB3-8A48-00A12EA3AA24}"/>
+    <hyperlink ref="E62" r:id="rId49" xr:uid="{F2D3F8EE-58B7-4E98-98B4-7AE717ACBEBD}"/>
+    <hyperlink ref="E63" r:id="rId50" xr:uid="{D0F4A549-15EA-477A-AE5E-182E1F6B852C}"/>
+    <hyperlink ref="E73" r:id="rId51" xr:uid="{FC9B7643-B26C-434F-822F-6FACA767A63E}"/>
+    <hyperlink ref="E74" r:id="rId52" xr:uid="{DBBD166E-4B62-47A5-8004-87F00F4166D4}"/>
+    <hyperlink ref="E76" r:id="rId53" xr:uid="{DCCB66A8-8040-4B93-9AB9-EFEB749548BB}"/>
+    <hyperlink ref="E78" r:id="rId54" xr:uid="{CB224CBB-90DE-49A4-95D6-C28A87CAC0FE}"/>
+    <hyperlink ref="E79" r:id="rId55" xr:uid="{C68BC437-7F9B-4052-80C8-C962AFE16803}"/>
+    <hyperlink ref="E77" r:id="rId56" xr:uid="{A2B2EFC6-A806-4255-BC45-A81B7F4AD930}"/>
+    <hyperlink ref="E80" r:id="rId57" xr:uid="{DB2A1CA4-EB1A-48DF-8381-95F965A97A9E}"/>
+    <hyperlink ref="E81" r:id="rId58" xr:uid="{0584F63A-F2E2-43B2-8484-B961A635DDF9}"/>
+    <hyperlink ref="E82" r:id="rId59" xr:uid="{88742644-2F4B-41B8-A677-9D0C186899FF}"/>
+    <hyperlink ref="E84" r:id="rId60" xr:uid="{FEEEC372-3F41-4208-8ED3-F8450F4D7278}"/>
+    <hyperlink ref="E85" r:id="rId61" xr:uid="{20AB0C71-CDFA-40BF-B4B0-DE1A175160B3}"/>
+    <hyperlink ref="E87" r:id="rId62" xr:uid="{5536FD20-71C8-4F40-9017-8CFF2127AB95}"/>
+    <hyperlink ref="E89" r:id="rId63" xr:uid="{F00DE712-0ADE-4DED-9A30-72ED5ACB4FFB}"/>
+    <hyperlink ref="E90" r:id="rId64" xr:uid="{17536DD2-F144-4E26-AAC3-4A3FAFDE99BF}"/>
+    <hyperlink ref="E91" r:id="rId65" xr:uid="{E38B9D45-9A90-45A2-8E89-0E26EA9B4DB8}"/>
+    <hyperlink ref="E92" r:id="rId66" xr:uid="{3B185E44-9F2F-42D9-894C-20DDC0CE3659}"/>
+    <hyperlink ref="E93" r:id="rId67" xr:uid="{4717BC17-ECB2-47CE-AB09-E2B3F0CDADB9}"/>
+    <hyperlink ref="E94" r:id="rId68" xr:uid="{6C9F21BA-FA92-4453-BAFD-7C03A7CF698A}"/>
+    <hyperlink ref="E95" r:id="rId69" xr:uid="{EFC4A8EC-BB33-4399-889C-6CA304DCD0F9}"/>
+    <hyperlink ref="E96" r:id="rId70" xr:uid="{E17C60FA-B784-49D7-AB2B-5CD599C33BA0}"/>
+    <hyperlink ref="E97" r:id="rId71" xr:uid="{D63D0E60-B572-41C4-8AC0-AED961AD6AD7}"/>
+    <hyperlink ref="E98" r:id="rId72" xr:uid="{3C7D55DB-F601-4160-9C93-3A035E357639}"/>
+    <hyperlink ref="E99" r:id="rId73" xr:uid="{EB355719-E4B1-4A6F-9100-8C8E05B5CE0C}"/>
+    <hyperlink ref="E100" r:id="rId74" xr:uid="{2E96FD95-6672-47F4-9027-A93122729319}"/>
+    <hyperlink ref="E101" r:id="rId75" xr:uid="{871183B9-6FA6-4574-9BE7-EE2247809888}"/>
+    <hyperlink ref="E102" r:id="rId76" xr:uid="{6483B625-975F-4C85-BEDA-F4F56E5CF75F}"/>
+    <hyperlink ref="E103" r:id="rId77" xr:uid="{90889607-D937-4F25-84D1-982198BFA5AE}"/>
+    <hyperlink ref="E104" r:id="rId78" xr:uid="{12C9F2E2-969B-4F8C-9D42-4C44B0BE0DC9}"/>
+    <hyperlink ref="E105" r:id="rId79" xr:uid="{36C91877-1D12-4673-B98F-56BBA10D1EDC}"/>
+    <hyperlink ref="E106" r:id="rId80" xr:uid="{FC1E7F08-1243-458F-ABF6-A2A9EE8E2721}"/>
+    <hyperlink ref="E107" r:id="rId81" xr:uid="{1C64B759-3A76-4419-B25D-B8A05FE8B23B}"/>
+    <hyperlink ref="E108" r:id="rId82" xr:uid="{B4A5BBDB-4A88-46A6-BA56-D6076DDDDD4C}"/>
+    <hyperlink ref="E109" r:id="rId83" xr:uid="{0BE2862E-A474-4477-A62F-57F6D0B66ECF}"/>
+    <hyperlink ref="E110" r:id="rId84" xr:uid="{E1EBE127-9956-4FE7-851F-5A3CB8EB1A2E}"/>
+    <hyperlink ref="E111" r:id="rId85" xr:uid="{DFFD8708-DE32-4D45-96FC-00A9BE309C44}"/>
+    <hyperlink ref="E112" r:id="rId86" xr:uid="{FB5AB592-7E5D-4AF7-AF41-8DFCF7AC9AB4}"/>
+    <hyperlink ref="E113" r:id="rId87" xr:uid="{3FD3ADEE-92FE-4F20-8B86-BB48784FA597}"/>
+    <hyperlink ref="E114" r:id="rId88" xr:uid="{2BAE15C4-FD99-45E5-AE11-DF0B1BE78AE4}"/>
+    <hyperlink ref="E115" r:id="rId89" xr:uid="{1686C294-77B8-4CA2-886E-499A4CA88FD4}"/>
+    <hyperlink ref="E116" r:id="rId90" xr:uid="{452B6DEC-B494-45A0-BA29-70197DEA7273}"/>
+    <hyperlink ref="E117" r:id="rId91" xr:uid="{913E1E52-E50A-46A3-98A1-AD20211A19C0}"/>
+    <hyperlink ref="E118" r:id="rId92" xr:uid="{9E38A459-CFD0-455E-8A77-AF9D29AE843A}"/>
+    <hyperlink ref="E119" r:id="rId93" xr:uid="{447CCF68-2659-491C-A1DE-1D584A9DD399}"/>
+    <hyperlink ref="E120" r:id="rId94" xr:uid="{55DEC65D-2D36-4061-A2C0-6281BFE78F02}"/>
+    <hyperlink ref="E121" r:id="rId95" xr:uid="{24B88C6E-B9CE-4BF4-A942-16CF9824D4BA}"/>
+    <hyperlink ref="E122" r:id="rId96" xr:uid="{4E1C4176-41B1-416E-B83D-F2070F1809BD}"/>
+    <hyperlink ref="E123" r:id="rId97" xr:uid="{A84EB867-96D3-4F09-811E-81BACAFD1A38}"/>
+    <hyperlink ref="E124" r:id="rId98" xr:uid="{4A91EB29-2C0A-4F85-AC72-81AF91B78081}"/>
+    <hyperlink ref="E125" r:id="rId99" xr:uid="{91467EAD-5E0E-4152-AD02-4C07402942FF}"/>
+    <hyperlink ref="E126" r:id="rId100" xr:uid="{A248C6FD-15B6-4F78-A3F4-5E4810E180DD}"/>
+    <hyperlink ref="E127" r:id="rId101" xr:uid="{42EF3928-F44D-45E9-AC6E-82ACF77F6759}"/>
+    <hyperlink ref="E128" r:id="rId102" xr:uid="{5710F638-D51C-48E9-8782-33314074662A}"/>
+    <hyperlink ref="E129" r:id="rId103" xr:uid="{85D6099E-0E4E-46CA-BB34-8A9FE95F8EC7}"/>
+    <hyperlink ref="E130" r:id="rId104" xr:uid="{F5625308-5CE5-4E28-BB6D-CB970D2A5101}"/>
+    <hyperlink ref="E131" r:id="rId105" xr:uid="{CE03667B-7AD6-45CA-8FA2-6E7C2956EE77}"/>
+    <hyperlink ref="E132" r:id="rId106" xr:uid="{3D268EB0-5BEA-4B32-B371-C1E8A7080F82}"/>
+    <hyperlink ref="E133" r:id="rId107" xr:uid="{55C1AF3B-FC24-4081-8061-AEAD659BA16B}"/>
+    <hyperlink ref="E134" r:id="rId108" xr:uid="{7B48AE45-6CE8-466E-B210-80E8056B6C83}"/>
+    <hyperlink ref="E135" r:id="rId109" xr:uid="{E628264A-6F05-4B2B-9B49-B7DEE714C4B6}"/>
+    <hyperlink ref="E136" r:id="rId110" xr:uid="{48FE1542-DECE-4FD8-AB8C-402049087806}"/>
+    <hyperlink ref="E137" r:id="rId111" xr:uid="{70C523AB-9394-477B-B157-C39DB23367E0}"/>
+    <hyperlink ref="E138" r:id="rId112" xr:uid="{BB784315-219F-4831-9F65-741DBC534E9C}"/>
+    <hyperlink ref="E139" r:id="rId113" xr:uid="{F06CF99F-1D90-4E49-87FF-F8B05248CAC3}"/>
+    <hyperlink ref="E140" r:id="rId114" xr:uid="{E518300D-85E4-4AEC-8C6E-0DED330FB9DB}"/>
+    <hyperlink ref="E141" r:id="rId115" xr:uid="{FA96F102-2DA9-4B06-B233-90B1F9A059EE}"/>
+    <hyperlink ref="E142" r:id="rId116" xr:uid="{F2A9545A-BCFA-4C3C-A145-D28DB4175412}"/>
+    <hyperlink ref="E143" r:id="rId117" xr:uid="{89BCBED9-6412-4883-A19D-4D2D7D8064AE}"/>
+    <hyperlink ref="E144" r:id="rId118" xr:uid="{DEEB44B5-E0F8-49F2-A67F-BBF24D6D1540}"/>
+    <hyperlink ref="E145" r:id="rId119" xr:uid="{1AC535AD-AC86-4136-8F0E-8F36CDB75B5C}"/>
+    <hyperlink ref="E146" r:id="rId120" xr:uid="{8B3B327F-D52F-44A7-AFCD-ACEAAD4133E5}"/>
+    <hyperlink ref="E147" r:id="rId121" xr:uid="{00767D64-EDC9-4786-A778-8014123C8AF9}"/>
+    <hyperlink ref="E148" r:id="rId122" xr:uid="{AA322AA8-9882-4399-A6AB-4461036255BF}"/>
+    <hyperlink ref="E149" r:id="rId123" xr:uid="{069DA1C6-86E9-4F35-8149-FC3ECD193DA3}"/>
+    <hyperlink ref="E150" r:id="rId124" xr:uid="{E1ED9571-34B6-4D69-A102-A57B81E41FD4}"/>
+    <hyperlink ref="E151" r:id="rId125" xr:uid="{ED183427-C26F-4F9F-A8DF-B3C3BD67403A}"/>
+    <hyperlink ref="E153" r:id="rId126" xr:uid="{C3F3B014-91BF-4D68-AC88-EC12632FE807}"/>
+    <hyperlink ref="E154" r:id="rId127" xr:uid="{9B30A7AA-61CF-4623-8FAF-B5C60A79AAC7}"/>
+    <hyperlink ref="E155" r:id="rId128" xr:uid="{25628B29-3713-45F6-8CDD-3277A40913BA}"/>
+    <hyperlink ref="E156" r:id="rId129" xr:uid="{BCA25FE8-9438-4B3B-8E47-FA2048DBD0A8}"/>
+    <hyperlink ref="E157" r:id="rId130" xr:uid="{615DD005-7932-4458-BA07-4BD84F9E2987}"/>
+    <hyperlink ref="E158" r:id="rId131" xr:uid="{DF4FA1F0-52CD-482A-82B0-3E999B7FCA74}"/>
+    <hyperlink ref="E159" r:id="rId132" xr:uid="{FD010FA2-76D5-4414-AB29-6549F30080BB}"/>
+    <hyperlink ref="E160" r:id="rId133" xr:uid="{E50DA507-07EB-4567-B8FA-E758C074EC72}"/>
+    <hyperlink ref="E161" r:id="rId134" xr:uid="{8937CFFD-71C2-46D9-B8F3-2E09616E1EE5}"/>
+    <hyperlink ref="E162" r:id="rId135" xr:uid="{52BEA2EE-7984-4CC4-98E4-7BC5DB8C2160}"/>
+    <hyperlink ref="E163" r:id="rId136" xr:uid="{1A0C2B68-1E72-4B7D-BD19-24DEBA7F1CC0}"/>
+    <hyperlink ref="E164" r:id="rId137" xr:uid="{62D95AC7-8A9C-42F6-8B40-B42979F53D03}"/>
+    <hyperlink ref="E165" r:id="rId138" xr:uid="{B165F691-11E1-4E9E-B6E0-FED8E42D4050}"/>
+    <hyperlink ref="E166" r:id="rId139" xr:uid="{EEDFE5F0-2C57-4028-BED5-B6208ECF05CD}"/>
+    <hyperlink ref="E167" r:id="rId140" xr:uid="{8C20A506-7FC8-4BAC-B373-4C88C408CF44}"/>
+    <hyperlink ref="E168" r:id="rId141" xr:uid="{EB119B96-D2B3-4CA4-AF3B-80A7FB53A1E3}"/>
+    <hyperlink ref="E169" r:id="rId142" xr:uid="{862EF307-7BAE-42E9-A216-00480BA15D2D}"/>
+    <hyperlink ref="E170" r:id="rId143" xr:uid="{25148F10-59C7-4782-8490-225B87B5BBDF}"/>
+    <hyperlink ref="E171" r:id="rId144" xr:uid="{0ABAF762-AAE8-46A2-994B-F2897C6A42DB}"/>
+    <hyperlink ref="E172" r:id="rId145" xr:uid="{1FC6939D-2567-4AF8-9DD1-E1BA73BDABFB}"/>
+    <hyperlink ref="E173" r:id="rId146" xr:uid="{9717DF35-9064-4869-A837-CDB0263123EE}"/>
+    <hyperlink ref="E174" r:id="rId147" xr:uid="{A78CC5EB-A2C1-4C1B-BAEB-DBEE61377DE1}"/>
+    <hyperlink ref="E175" r:id="rId148" xr:uid="{58935285-2E70-41DF-96B1-A91CE153EF2B}"/>
+    <hyperlink ref="E176" r:id="rId149" xr:uid="{193BC8B9-164C-413D-B2A3-0966ADF27BFC}"/>
+    <hyperlink ref="E177" r:id="rId150" xr:uid="{FD1D7545-BB90-46BF-AF7E-C3BE474002DB}"/>
+    <hyperlink ref="E178" r:id="rId151" xr:uid="{23F174C6-08D1-4F1B-AC6A-C55410AA1783}"/>
+    <hyperlink ref="E179" r:id="rId152" xr:uid="{2D44CE9A-393E-4DBE-983A-FA54CE0B47A4}"/>
+    <hyperlink ref="E180" r:id="rId153" xr:uid="{132AEFAD-273E-4940-A655-866A734A7CF8}"/>
+    <hyperlink ref="E181" r:id="rId154" xr:uid="{CE0EB7F3-CBDC-4A7A-8997-46BAD9F40098}"/>
+    <hyperlink ref="E182" r:id="rId155" xr:uid="{496046A5-988B-44F7-8167-6F3AC4711C32}"/>
+    <hyperlink ref="E183" r:id="rId156" xr:uid="{32E88E5D-6473-41F1-A9F9-F180801A7ABD}"/>
+    <hyperlink ref="E184" r:id="rId157" xr:uid="{91E4EC16-2E9F-4A6A-9B27-4FCF920F38EE}"/>
+    <hyperlink ref="E185" r:id="rId158" xr:uid="{A552E72E-A912-47F4-8A0E-038D6A8460D5}"/>
+    <hyperlink ref="E186" r:id="rId159" xr:uid="{FE945C85-2B51-4692-ABC2-E8B8EE79E737}"/>
+    <hyperlink ref="E187" r:id="rId160" xr:uid="{BC326EF3-D62B-4D86-9D5E-B01315F99226}"/>
+    <hyperlink ref="E188" r:id="rId161" xr:uid="{AF255E9B-96DE-4646-8A2A-9F5513DA5E6F}"/>
+    <hyperlink ref="E189" r:id="rId162" xr:uid="{A72067CD-36C7-40D1-8FE0-52CD2DEEB88B}"/>
+    <hyperlink ref="E190" r:id="rId163" xr:uid="{4F8D8358-EC8C-4B93-BF04-B5C2CA56800E}"/>
+    <hyperlink ref="E191" r:id="rId164" xr:uid="{8FB95D65-8189-48B6-82BC-BD078976BB59}"/>
+    <hyperlink ref="E192" r:id="rId165" xr:uid="{DB47FCA6-06D2-40FF-B099-71826E171EA8}"/>
+    <hyperlink ref="E193" r:id="rId166" xr:uid="{6E2745AB-A14A-498E-9698-5288BEDBB1B0}"/>
+    <hyperlink ref="E194" r:id="rId167" xr:uid="{3796CC91-C461-4114-823F-FC376D44C81F}"/>
+    <hyperlink ref="E195" r:id="rId168" xr:uid="{831AC0F8-627C-4742-BC53-64A3272EBF50}"/>
+    <hyperlink ref="E196" r:id="rId169" xr:uid="{A8BFBAE8-209A-4E20-BF95-2914E3D97FAF}"/>
+    <hyperlink ref="E197" r:id="rId170" xr:uid="{25D82830-D7CF-4E84-9C10-23C036720F41}"/>
+    <hyperlink ref="E198" r:id="rId171" xr:uid="{51399663-8DA9-4782-86B3-34FC30F6F373}"/>
+    <hyperlink ref="E199" r:id="rId172" xr:uid="{79124803-3B2E-46FB-8DD8-35E372130B7F}"/>
+    <hyperlink ref="E200" r:id="rId173" xr:uid="{4F24788D-AC9D-41A3-A2B2-70A3B4005F03}"/>
+    <hyperlink ref="E201" r:id="rId174" xr:uid="{B8132C92-5A04-4A2E-95FB-89DDDEB6B93A}"/>
+    <hyperlink ref="E202" r:id="rId175" xr:uid="{888BD78D-AFF3-4428-AE25-D96625B961CF}"/>
+    <hyperlink ref="E57" r:id="rId176" xr:uid="{0C187DD1-99DB-483F-8AC3-2872EDC2E00E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId157"/>
-  <drawing r:id="rId158"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId177"/>
+  <drawing r:id="rId178"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:M12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B3" sqref="B3:B12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="5.140625" customWidth="1"/>
+    <col min="2" max="2" width="21.5703125" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="8" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
+    <col min="6" max="6" width="30.28515625" customWidth="1"/>
+    <col min="7" max="7" width="21.28515625" customWidth="1"/>
+    <col min="8" max="8" width="12.7109375" customWidth="1"/>
+    <col min="9" max="9" width="15.7109375" customWidth="1"/>
+    <col min="10" max="10" width="7.28515625" customWidth="1"/>
+    <col min="11" max="13" width="22.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="135" t="s">
+        <v>601</v>
+      </c>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="136"/>
+      <c r="F1" s="136"/>
+      <c r="G1" s="136"/>
+      <c r="H1" s="136"/>
+      <c r="I1" s="136"/>
+      <c r="J1" s="136"/>
+      <c r="K1" s="136"/>
+      <c r="L1" s="136"/>
+      <c r="M1" s="136"/>
+    </row>
+    <row r="2" spans="1:13" s="33" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="43" t="s">
+        <v>602</v>
+      </c>
+      <c r="C2" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="42" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="43" t="s">
+        <v>603</v>
+      </c>
+      <c r="M2" s="43" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="60">
+        <v>1</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" s="61">
+        <v>1018475567</v>
+      </c>
+      <c r="D3" s="62">
+        <v>43581</v>
+      </c>
+      <c r="E3" s="48">
+        <v>3004289439</v>
+      </c>
+      <c r="F3" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="48" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="L3" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M3" s="52">
+        <v>45042</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="60">
+        <v>2</v>
+      </c>
+      <c r="B4" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="61">
+        <v>1041148068</v>
+      </c>
+      <c r="D4" s="62">
+        <v>28082</v>
+      </c>
+      <c r="E4" s="48">
+        <v>3122269676</v>
+      </c>
+      <c r="F4" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" s="48" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="20"/>
+      <c r="L4" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M4" s="52">
+        <v>45042</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="60">
+        <v>3</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="61">
+        <v>80547749</v>
+      </c>
+      <c r="D5" s="62">
+        <v>11905</v>
+      </c>
+      <c r="E5" s="48">
+        <v>3164825961</v>
+      </c>
+      <c r="F5" s="46" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" s="48" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="48" t="s">
+        <v>32</v>
+      </c>
+      <c r="J5" s="48" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" s="20"/>
+      <c r="L5" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M5" s="52">
+        <v>45042</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="60">
+        <v>4</v>
+      </c>
+      <c r="B6" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="61">
+        <v>1116784214</v>
+      </c>
+      <c r="D6" s="62">
+        <v>33876</v>
+      </c>
+      <c r="E6" s="48">
+        <v>3168340994</v>
+      </c>
+      <c r="F6" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" s="48" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="48" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" s="48" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" s="20"/>
+      <c r="L6" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M6" s="52">
+        <v>45042</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="3" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="60">
+        <v>5</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="61">
+        <v>1091656062</v>
+      </c>
+      <c r="D7" s="62">
+        <v>244444</v>
+      </c>
+      <c r="E7" s="48">
+        <v>3153298499</v>
+      </c>
+      <c r="F7" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="J7" s="48" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="M7" s="52">
+        <v>45042</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="3" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="60">
+        <v>6</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="61">
+        <v>1072713064</v>
+      </c>
+      <c r="D8" s="62">
+        <v>46509</v>
+      </c>
+      <c r="E8" s="48">
+        <v>3138179938</v>
+      </c>
+      <c r="F8" s="46" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="I8" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="J8" s="48" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" s="20"/>
+      <c r="L8" s="53">
+        <v>20232122616</v>
+      </c>
+      <c r="M8" s="52">
+        <v>45232</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="63">
+        <v>7</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="64">
+        <v>74301735</v>
+      </c>
+      <c r="D9" s="65">
+        <v>8456</v>
+      </c>
+      <c r="E9" s="6">
+        <v>3124349250</v>
+      </c>
+      <c r="F9" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="L9" s="53">
+        <v>20232122616</v>
+      </c>
+      <c r="M9" s="52">
+        <v>45232</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="63">
+        <v>8</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="64">
+        <v>70329411</v>
+      </c>
+      <c r="D10" s="65">
+        <v>22629</v>
+      </c>
+      <c r="E10" s="6">
+        <v>3053152535</v>
+      </c>
+      <c r="F10" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" s="11"/>
+      <c r="L10" s="53">
+        <v>20232122616</v>
+      </c>
+      <c r="M10" s="52">
+        <v>45232</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="63">
+        <v>9</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="64">
+        <v>1037634430</v>
+      </c>
+      <c r="D11" s="65">
+        <v>40025</v>
+      </c>
+      <c r="E11" s="6">
+        <v>3166232526</v>
+      </c>
+      <c r="F11" s="31" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" s="11"/>
+      <c r="L11" s="53">
+        <v>20232122616</v>
+      </c>
+      <c r="M11" s="52">
+        <v>45232</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" s="19" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="63">
+        <v>10</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="64">
+        <v>1010186597</v>
+      </c>
+      <c r="D12" s="65">
+        <v>24518</v>
+      </c>
+      <c r="E12" s="6">
+        <v>3152185550</v>
+      </c>
+      <c r="F12" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" s="11"/>
+      <c r="L12" s="53">
+        <v>20232122616</v>
+      </c>
+      <c r="M12" s="52">
+        <v>45232</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B2:J12" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:M1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="F3" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="F4" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="F5" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="F6" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
+    <hyperlink ref="F7" r:id="rId5" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
+    <hyperlink ref="F8" r:id="rId6" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
+    <hyperlink ref="F9" r:id="rId7" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
+    <hyperlink ref="F10" r:id="rId8" xr:uid="{00000000-0004-0000-0100-000007000000}"/>
+    <hyperlink ref="F11" r:id="rId9" xr:uid="{00000000-0004-0000-0100-000008000000}"/>
+    <hyperlink ref="F12" r:id="rId10" xr:uid="{00000000-0004-0000-0100-000009000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId11"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:N12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E11" sqref="E11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="5.140625" customWidth="1"/>
+    <col min="2" max="2" width="21.5703125" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="8" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
+    <col min="6" max="6" width="30.28515625" customWidth="1"/>
+    <col min="7" max="7" width="21.28515625" customWidth="1"/>
+    <col min="8" max="8" width="12.7109375" customWidth="1"/>
+    <col min="9" max="9" width="15.7109375" customWidth="1"/>
+    <col min="10" max="10" width="7.28515625" customWidth="1"/>
+    <col min="11" max="14" width="22.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" s="4" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="135" t="s">
+        <v>601</v>
+      </c>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="136"/>
+      <c r="F1" s="136"/>
+      <c r="G1" s="136"/>
+      <c r="H1" s="136"/>
+      <c r="I1" s="136"/>
+      <c r="J1" s="136"/>
+      <c r="K1" s="136"/>
+      <c r="L1" s="136"/>
+      <c r="M1" s="136"/>
+      <c r="N1" s="136"/>
+    </row>
+    <row r="2" spans="1:14" s="33" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="43" t="s">
+        <v>602</v>
+      </c>
+      <c r="C2" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="42" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="42" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="42" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="43" t="s">
+        <v>603</v>
+      </c>
+      <c r="M2" s="43" t="s">
+        <v>604</v>
+      </c>
+      <c r="N2" s="43" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="66" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" s="26">
+        <v>1037661424</v>
+      </c>
+      <c r="D3" s="23">
+        <v>50098</v>
+      </c>
+      <c r="E3" s="67">
+        <v>3147958570</v>
+      </c>
+      <c r="F3" s="68" t="s">
+        <v>66</v>
+      </c>
+      <c r="G3" s="66" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" s="67" t="s">
+        <v>64</v>
+      </c>
+      <c r="I3" s="67" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="L3" s="66">
+        <v>20242104316</v>
+      </c>
+      <c r="M3" s="69">
+        <v>45363</v>
+      </c>
+      <c r="N3" s="69">
+        <v>45366</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5">
+        <v>2</v>
+      </c>
+      <c r="B4" s="66" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" s="26">
+        <v>79846350</v>
+      </c>
+      <c r="D4" s="23">
+        <v>9722</v>
+      </c>
+      <c r="E4" s="67">
+        <v>3158340567</v>
+      </c>
+      <c r="F4" s="68" t="s">
+        <v>70</v>
+      </c>
+      <c r="G4" s="66" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" s="67" t="s">
+        <v>52</v>
+      </c>
+      <c r="I4" s="67" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="L4" s="66">
+        <v>20242104316</v>
+      </c>
+      <c r="M4" s="69">
+        <v>45363</v>
+      </c>
+      <c r="N4" s="69">
+        <v>45366</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5">
+        <v>3</v>
+      </c>
+      <c r="B5" s="66" t="s">
+        <v>72</v>
+      </c>
+      <c r="C5" s="26">
+        <v>1136882284</v>
+      </c>
+      <c r="D5" s="23">
+        <v>31181</v>
+      </c>
+      <c r="E5" s="67">
+        <v>3214533136</v>
+      </c>
+      <c r="F5" s="68" t="s">
+        <v>73</v>
+      </c>
+      <c r="G5" s="66" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" s="67" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" s="67" t="s">
+        <v>19</v>
+      </c>
+      <c r="J5" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="L5" s="66">
+        <v>20242104316</v>
+      </c>
+      <c r="M5" s="69">
+        <v>45363</v>
+      </c>
+      <c r="N5" s="69">
+        <v>45366</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>4</v>
+      </c>
+      <c r="B6" s="66" t="s">
+        <v>297</v>
+      </c>
+      <c r="C6" s="26">
+        <v>7062208</v>
+      </c>
+      <c r="D6" s="23">
+        <v>13921</v>
+      </c>
+      <c r="E6" s="67">
+        <v>3114722294</v>
+      </c>
+      <c r="F6" s="70" t="s">
+        <v>298</v>
+      </c>
+      <c r="G6" s="66" t="s">
+        <v>299</v>
+      </c>
+      <c r="H6" s="67" t="s">
+        <v>270</v>
+      </c>
+      <c r="I6" s="67" t="s">
+        <v>205</v>
+      </c>
+      <c r="J6" s="67" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" s="66" t="s">
+        <v>201</v>
+      </c>
+      <c r="L6" s="66" t="s">
+        <v>605</v>
+      </c>
+      <c r="M6" s="69"/>
+      <c r="N6" s="69"/>
+    </row>
+    <row r="7" spans="1:14" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="5">
+        <v>5</v>
+      </c>
+      <c r="B7" s="56" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" s="57">
+        <v>9874795</v>
+      </c>
+      <c r="D7" s="58">
+        <v>20112</v>
+      </c>
+      <c r="E7" s="55">
+        <v>3113301863</v>
+      </c>
+      <c r="F7" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="G7" s="56" t="s">
+        <v>77</v>
+      </c>
+      <c r="H7" s="59" t="s">
+        <v>78</v>
+      </c>
+      <c r="I7" s="59" t="s">
+        <v>79</v>
+      </c>
+      <c r="J7" s="55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" s="59" t="s">
+        <v>80</v>
+      </c>
+      <c r="L7" s="20"/>
+      <c r="M7" s="52"/>
+      <c r="N7" s="52"/>
+    </row>
+    <row r="8" spans="1:14" s="4" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5">
+        <v>6</v>
+      </c>
+      <c r="B8" s="20"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="48"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="20"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="48"/>
+      <c r="K8" s="20"/>
+      <c r="L8" s="20"/>
+      <c r="M8" s="20"/>
+      <c r="N8" s="20"/>
+    </row>
+    <row r="9" spans="1:14" s="16" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="49">
+        <v>7</v>
+      </c>
+      <c r="B9" s="11"/>
+      <c r="C9" s="50"/>
+      <c r="D9" s="51"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="31"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="11"/>
+      <c r="L9" s="11"/>
+      <c r="M9" s="11"/>
+      <c r="N9" s="11"/>
+    </row>
+    <row r="10" spans="1:14" s="16" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="49">
+        <v>8</v>
+      </c>
+      <c r="B10" s="11"/>
+      <c r="C10" s="50"/>
+      <c r="D10" s="51"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="31"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="6"/>
+      <c r="J10" s="6"/>
+      <c r="K10" s="11"/>
+      <c r="L10" s="11"/>
+      <c r="M10" s="11"/>
+      <c r="N10" s="11"/>
+    </row>
+    <row r="11" spans="1:14" s="16" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="49">
+        <v>9</v>
+      </c>
+      <c r="B11" s="11"/>
+      <c r="C11" s="50"/>
+      <c r="D11" s="51"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="31"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="6"/>
+      <c r="J11" s="6"/>
+      <c r="K11" s="11"/>
+      <c r="L11" s="11"/>
+      <c r="M11" s="11"/>
+      <c r="N11" s="11"/>
+    </row>
+    <row r="12" spans="1:14" s="16" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="49">
+        <v>10</v>
+      </c>
+      <c r="B12" s="11"/>
+      <c r="C12" s="50"/>
+      <c r="D12" s="51"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="31"/>
+      <c r="G12" s="11"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="6"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="11"/>
+      <c r="L12" s="11"/>
+      <c r="M12" s="11"/>
+      <c r="N12" s="11"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="B2:J12" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:N1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="F3" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="F4" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
+    <hyperlink ref="F5" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
+    <hyperlink ref="F7" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr>
+    <tabColor theme="6" tint="0.59999389629810485"/>
+  </sheetPr>
+  <dimension ref="A1:K24"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E18" sqref="E18"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.85546875" style="21" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" style="21" customWidth="1"/>
+    <col min="3" max="3" width="32.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="29" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.140625" style="18" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30" style="19" customWidth="1"/>
+    <col min="8" max="8" width="34.7109375" style="3" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" style="18" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="4"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="137" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
+    </row>
+    <row r="2" spans="1:11" s="33" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="37" t="s">
+        <v>607</v>
+      </c>
+      <c r="C2" s="38" t="s">
+        <v>602</v>
+      </c>
+      <c r="D2" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="37" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="38" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="37" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C3" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" s="26">
+        <v>52985802</v>
+      </c>
+      <c r="E3" s="23">
+        <v>12488</v>
+      </c>
+      <c r="F3" s="6">
+        <v>3138794952</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5">
+        <v>2</v>
+      </c>
+      <c r="B4" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D4" s="26">
+        <v>1018510481</v>
+      </c>
+      <c r="E4" s="23">
+        <v>44694</v>
+      </c>
+      <c r="F4" s="15">
+        <v>3107873539</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5">
+        <v>3</v>
+      </c>
+      <c r="B5" s="36" t="s">
+        <v>611</v>
+      </c>
+      <c r="C5" s="41" t="s">
+        <v>612</v>
+      </c>
+      <c r="D5" s="26">
+        <v>14136418</v>
+      </c>
+      <c r="E5" s="23">
+        <v>14525</v>
+      </c>
+      <c r="F5" s="6">
+        <v>317516467</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>613</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>4</v>
+      </c>
+      <c r="B6" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>616</v>
+      </c>
+      <c r="D6" s="26">
+        <v>74379167</v>
+      </c>
+      <c r="E6" s="23">
+        <v>14423</v>
+      </c>
+      <c r="F6" s="6">
+        <v>3133995023</v>
+      </c>
+      <c r="G6" s="22" t="s">
+        <v>617</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5">
+        <v>5</v>
+      </c>
+      <c r="B7" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D7" s="26">
+        <v>1037620182</v>
+      </c>
+      <c r="E7" s="23">
+        <v>43783</v>
+      </c>
+      <c r="F7" s="6">
+        <v>3016794781</v>
+      </c>
+      <c r="G7" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="H7" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5">
+        <v>6</v>
+      </c>
+      <c r="B8" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>118</v>
+      </c>
+      <c r="D8" s="26">
+        <v>80213396</v>
+      </c>
+      <c r="E8" s="23">
+        <v>16034</v>
+      </c>
+      <c r="F8" s="6">
+        <v>3226059632</v>
+      </c>
+      <c r="G8" s="22" t="s">
+        <v>119</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5">
+        <v>7</v>
+      </c>
+      <c r="B9" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>622</v>
+      </c>
+      <c r="D9" s="26">
+        <v>1026150865</v>
+      </c>
+      <c r="E9" s="23">
+        <v>37090</v>
+      </c>
+      <c r="F9" s="6">
+        <v>3117066185</v>
+      </c>
+      <c r="G9" s="22" t="s">
+        <v>623</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5">
+        <v>8</v>
+      </c>
+      <c r="B10" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>624</v>
+      </c>
+      <c r="D10" s="26">
+        <v>79427543</v>
+      </c>
+      <c r="E10" s="23">
+        <v>2564</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="G10" s="22" t="s">
+        <v>626</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>627</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>9</v>
+      </c>
+      <c r="B11" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>629</v>
+      </c>
+      <c r="D11" s="27">
+        <v>1067956032</v>
+      </c>
+      <c r="E11" s="24">
+        <v>44304</v>
+      </c>
+      <c r="F11" s="9">
+        <v>3116462274</v>
+      </c>
+      <c r="G11" s="22" t="s">
+        <v>630</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>631</v>
+      </c>
+      <c r="I11" s="9" t="s">
+        <v>632</v>
+      </c>
+      <c r="J11" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="K11" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5">
+        <v>10</v>
+      </c>
+      <c r="B12" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" s="26">
+        <v>1032396143</v>
+      </c>
+      <c r="E12" s="23">
+        <v>30170</v>
+      </c>
+      <c r="F12" s="6">
+        <v>3126928643</v>
+      </c>
+      <c r="G12" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>11</v>
+      </c>
+      <c r="B13" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D13" s="26">
+        <v>1037641215</v>
+      </c>
+      <c r="E13" s="23">
+        <v>40359</v>
+      </c>
+      <c r="F13" s="6">
+        <v>3113000519</v>
+      </c>
+      <c r="G13" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5">
+        <v>12</v>
+      </c>
+      <c r="B14" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>321</v>
+      </c>
+      <c r="D14" s="26">
+        <v>1052380707</v>
+      </c>
+      <c r="E14" s="23">
+        <v>26811</v>
+      </c>
+      <c r="F14" s="6">
+        <v>3114670637</v>
+      </c>
+      <c r="G14" s="22" t="s">
+        <v>322</v>
+      </c>
+      <c r="H14" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>13</v>
+      </c>
+      <c r="B15" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" s="26">
+        <v>1012453775</v>
+      </c>
+      <c r="E15" s="23">
+        <v>43652</v>
+      </c>
+      <c r="F15" s="6">
+        <v>3214922014</v>
+      </c>
+      <c r="G15" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>637</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>179</v>
+      </c>
+      <c r="D16" s="26">
+        <v>1018457178</v>
+      </c>
+      <c r="E16" s="23">
+        <v>39649</v>
+      </c>
+      <c r="F16" s="9">
+        <v>3146361491</v>
+      </c>
+      <c r="G16" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="I16" s="9" t="s">
+        <v>640</v>
+      </c>
+      <c r="J16" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="K16" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>15</v>
+      </c>
+      <c r="B17" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>641</v>
+      </c>
+      <c r="D17" s="26">
+        <v>1020489067</v>
+      </c>
+      <c r="E17" s="23">
+        <v>44856</v>
+      </c>
+      <c r="F17" s="6">
+        <v>3122899494</v>
+      </c>
+      <c r="G17" s="22" t="s">
+        <v>642</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>643</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
+        <v>16</v>
+      </c>
+      <c r="B18" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" s="26">
+        <v>81721114</v>
+      </c>
+      <c r="E18" s="23">
+        <v>16529</v>
+      </c>
+      <c r="F18" s="14">
+        <v>3103448464</v>
+      </c>
+      <c r="G18" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>17</v>
+      </c>
+      <c r="B19" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>645</v>
+      </c>
+      <c r="D19" s="26">
+        <v>77039274</v>
+      </c>
+      <c r="E19" s="23">
+        <v>17416</v>
+      </c>
+      <c r="F19" s="6">
+        <v>3205154131</v>
+      </c>
+      <c r="G19" s="22" t="s">
+        <v>646</v>
+      </c>
+      <c r="H19" s="11" t="s">
+        <v>647</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5">
+        <v>18</v>
+      </c>
+      <c r="B20" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" s="26">
+        <v>1049652207</v>
+      </c>
+      <c r="E20" s="23">
+        <v>45168</v>
+      </c>
+      <c r="F20" s="6">
+        <v>3006532728</v>
+      </c>
+      <c r="G20" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5">
+        <v>19</v>
+      </c>
+      <c r="B21" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>649</v>
+      </c>
+      <c r="D21" s="26">
+        <v>14197136</v>
+      </c>
+      <c r="E21" s="23">
+        <v>36458</v>
+      </c>
+      <c r="F21" s="6">
+        <v>3202367308</v>
+      </c>
+      <c r="G21" s="22" t="s">
+        <v>650</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>651</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5">
+        <v>20</v>
+      </c>
+      <c r="B22" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>652</v>
+      </c>
+      <c r="D22" s="26">
+        <v>1110505762</v>
+      </c>
+      <c r="E22" s="23">
+        <v>37244</v>
+      </c>
+      <c r="F22" s="15">
+        <v>3159288767</v>
+      </c>
+      <c r="G22" s="22" t="s">
+        <v>653</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="I22" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="J22" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="K22" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5">
+        <v>21</v>
+      </c>
+      <c r="B23" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>655</v>
+      </c>
+      <c r="D23" s="26">
+        <v>1026298900</v>
+      </c>
+      <c r="E23" s="23">
+        <v>42057</v>
+      </c>
+      <c r="F23" s="6">
+        <v>3196931075</v>
+      </c>
+      <c r="G23" s="22" t="s">
+        <v>656</v>
+      </c>
+      <c r="H23" s="11" t="s">
+        <v>657</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5">
+        <v>22</v>
+      </c>
+      <c r="B24" s="36" t="s">
+        <v>608</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" s="26">
+        <v>1101756375</v>
+      </c>
+      <c r="E24" s="23">
+        <v>32049</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3174229730</v>
+      </c>
+      <c r="G24" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A2:K23" xr:uid="{00000000-0009-0000-0000-000003000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K23">
+      <sortCondition ref="C3:C23"/>
+    </sortState>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K24">
+    <sortCondition ref="C24"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="A1:K1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="G9" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
+    <hyperlink ref="G8" r:id="rId2" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
+    <hyperlink ref="G20" r:id="rId3" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
+    <hyperlink ref="G16" r:id="rId4" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
+    <hyperlink ref="G12" r:id="rId5" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
+    <hyperlink ref="G3" r:id="rId6" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
+    <hyperlink ref="G10" r:id="rId7" xr:uid="{00000000-0004-0000-0300-000006000000}"/>
+    <hyperlink ref="G21" r:id="rId8" xr:uid="{00000000-0004-0000-0300-000007000000}"/>
+    <hyperlink ref="G23" r:id="rId9" xr:uid="{00000000-0004-0000-0300-000008000000}"/>
+    <hyperlink ref="G7" r:id="rId10" xr:uid="{00000000-0004-0000-0300-000009000000}"/>
+    <hyperlink ref="G13" r:id="rId11" xr:uid="{00000000-0004-0000-0300-00000A000000}"/>
+    <hyperlink ref="G11" r:id="rId12" xr:uid="{00000000-0004-0000-0300-00000B000000}"/>
+    <hyperlink ref="G18" r:id="rId13" xr:uid="{00000000-0004-0000-0300-00000C000000}"/>
+    <hyperlink ref="G24" r:id="rId14" xr:uid="{00000000-0004-0000-0300-00000D000000}"/>
+    <hyperlink ref="G15" r:id="rId15" display="rksolucionesvet@gmail.com" xr:uid="{00000000-0004-0000-0300-00000E000000}"/>
+    <hyperlink ref="G14" r:id="rId16" xr:uid="{00000000-0004-0000-0300-00000F000000}"/>
+    <hyperlink ref="G19" r:id="rId17" xr:uid="{00000000-0004-0000-0300-000010000000}"/>
+    <hyperlink ref="G6" r:id="rId18" xr:uid="{00000000-0004-0000-0300-000011000000}"/>
+    <hyperlink ref="G17" r:id="rId19" xr:uid="{00000000-0004-0000-0300-000012000000}"/>
+    <hyperlink ref="G4" r:id="rId20" xr:uid="{00000000-0004-0000-0300-000013000000}"/>
+    <hyperlink ref="G22" r:id="rId21" xr:uid="{00000000-0004-0000-0300-000014000000}"/>
+    <hyperlink ref="G5" r:id="rId22" xr:uid="{00000000-0004-0000-0300-000015000000}"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="5" scale="70" orientation="landscape" r:id="rId23"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <sheetPr>
+    <tabColor theme="7" tint="0.59999389629810485"/>
+  </sheetPr>
+  <dimension ref="A1:K24"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:K1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.85546875" style="21" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" style="21" customWidth="1"/>
+    <col min="3" max="3" width="32.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="29" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.140625" style="18" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30" style="19" customWidth="1"/>
+    <col min="8" max="8" width="34.7109375" style="3" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" style="18" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="4"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="137" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
+    </row>
+    <row r="2" spans="1:11" s="33" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="37" t="s">
+        <v>607</v>
+      </c>
+      <c r="C2" s="38" t="s">
+        <v>602</v>
+      </c>
+      <c r="D2" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="37" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="38" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="37" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C3" s="20" t="s">
+        <v>659</v>
+      </c>
+      <c r="D3" s="26">
+        <v>1094277587</v>
+      </c>
+      <c r="E3" s="23">
+        <v>42971</v>
+      </c>
+      <c r="F3" s="6">
+        <v>3186154243</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>660</v>
+      </c>
+      <c r="H3" s="11" t="s">
+        <v>661</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5">
+        <v>2</v>
+      </c>
+      <c r="B4" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>663</v>
+      </c>
+      <c r="D4" s="26">
+        <v>1144066789</v>
+      </c>
+      <c r="E4" s="23">
+        <v>43839</v>
+      </c>
+      <c r="F4" s="15">
+        <v>3002234955</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>664</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>665</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5">
+        <v>3</v>
+      </c>
+      <c r="B5" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D5" s="26">
+        <v>13175085</v>
+      </c>
+      <c r="E5" s="23">
+        <v>18984</v>
+      </c>
+      <c r="F5" s="6">
+        <v>3142986622</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="H5" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>4</v>
+      </c>
+      <c r="B6" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>488</v>
+      </c>
+      <c r="D6" s="28">
+        <v>80657342</v>
+      </c>
+      <c r="E6" s="25">
+        <v>16063</v>
+      </c>
+      <c r="F6" s="6">
+        <v>3202129822</v>
+      </c>
+      <c r="G6" s="31" t="s">
+        <v>666</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>667</v>
+      </c>
+      <c r="I6" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5">
+        <v>5</v>
+      </c>
+      <c r="B7" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="D7" s="27">
+        <v>1033653587</v>
+      </c>
+      <c r="E7" s="24">
+        <v>35208</v>
+      </c>
+      <c r="F7" s="17">
+        <v>3103439838</v>
+      </c>
+      <c r="G7" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>668</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>620</v>
+      </c>
+      <c r="K7" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5">
+        <v>6</v>
+      </c>
+      <c r="B8" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>669</v>
+      </c>
+      <c r="D8" s="28">
+        <v>1077033932</v>
+      </c>
+      <c r="E8" s="25">
+        <v>37335</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="G8" s="31" t="s">
+        <v>671</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>672</v>
+      </c>
+      <c r="I8" s="9" t="s">
+        <v>673</v>
+      </c>
+      <c r="J8" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5">
+        <v>7</v>
+      </c>
+      <c r="B9" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>674</v>
+      </c>
+      <c r="D9" s="26">
+        <v>1075675191</v>
+      </c>
+      <c r="E9" s="23">
+        <v>43392</v>
+      </c>
+      <c r="F9" s="6">
+        <v>3107575111</v>
+      </c>
+      <c r="G9" s="32" t="s">
+        <v>675</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5">
+        <v>8</v>
+      </c>
+      <c r="B10" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>678</v>
+      </c>
+      <c r="D10" s="26">
+        <v>1102715255</v>
+      </c>
+      <c r="E10" s="23">
+        <v>19889</v>
+      </c>
+      <c r="F10" s="6">
+        <v>3168328831</v>
+      </c>
+      <c r="G10" s="31" t="s">
+        <v>679</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>680</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>9</v>
+      </c>
+      <c r="B11" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>682</v>
+      </c>
+      <c r="D11" s="28">
+        <v>1098407454</v>
+      </c>
+      <c r="E11" s="25">
+        <v>32246</v>
+      </c>
+      <c r="F11" s="6">
+        <v>3183800862</v>
+      </c>
+      <c r="G11" s="31" t="s">
+        <v>683</v>
+      </c>
+      <c r="H11" s="11" t="s">
+        <v>684</v>
+      </c>
+      <c r="I11" s="9" t="s">
+        <v>685</v>
+      </c>
+      <c r="J11" s="9" t="s">
+        <v>681</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="16" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5">
+        <v>10</v>
+      </c>
+      <c r="B12" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>686</v>
+      </c>
+      <c r="D12" s="28">
+        <v>1076624873</v>
+      </c>
+      <c r="E12" s="25">
+        <v>42484</v>
+      </c>
+      <c r="F12" s="6">
+        <v>3162850841</v>
+      </c>
+      <c r="G12" s="31" t="s">
+        <v>687</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="I12" s="40" t="s">
+        <v>123</v>
+      </c>
+      <c r="J12" s="40" t="s">
+        <v>610</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>11</v>
+      </c>
+      <c r="B13" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>689</v>
+      </c>
+      <c r="D13" s="28">
+        <v>1057514621</v>
+      </c>
+      <c r="E13" s="25">
+        <v>32316</v>
+      </c>
+      <c r="F13" s="9">
+        <v>3228536094</v>
+      </c>
+      <c r="G13" s="31" t="s">
+        <v>690</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I13" s="9" t="s">
+        <v>692</v>
+      </c>
+      <c r="J13" s="9" t="s">
+        <v>619</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5">
+        <v>12</v>
+      </c>
+      <c r="B14" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>177</v>
+      </c>
+      <c r="D14" s="26">
+        <v>79554394</v>
+      </c>
+      <c r="E14" s="23">
+        <v>4059</v>
+      </c>
+      <c r="F14" s="6">
+        <v>3108071348</v>
+      </c>
+      <c r="G14" s="22" t="s">
+        <v>178</v>
+      </c>
+      <c r="H14" s="11" t="s">
+        <v>693</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>13</v>
+      </c>
+      <c r="B15" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>694</v>
+      </c>
+      <c r="D15" s="26">
+        <v>1234642950</v>
+      </c>
+      <c r="E15" s="23">
+        <v>45019</v>
+      </c>
+      <c r="F15" s="15">
+        <v>3508780611</v>
+      </c>
+      <c r="G15" s="22" t="s">
+        <v>695</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>696</v>
+      </c>
+      <c r="I15" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="J15" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="K15" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>697</v>
+      </c>
+      <c r="D16" s="26">
+        <v>1053604690</v>
+      </c>
+      <c r="E16" s="23">
+        <v>38175</v>
+      </c>
+      <c r="F16" s="6">
+        <v>3187368533</v>
+      </c>
+      <c r="G16" s="22" t="s">
+        <v>698</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>699</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>15</v>
+      </c>
+      <c r="B17" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D17" s="28">
+        <v>55117567</v>
+      </c>
+      <c r="E17" s="25">
+        <v>10201</v>
+      </c>
+      <c r="F17" s="6">
+        <v>3102098104</v>
+      </c>
+      <c r="G17" s="31" t="s">
+        <v>152</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="I17" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="J17" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
+        <v>16</v>
+      </c>
+      <c r="B18" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>700</v>
+      </c>
+      <c r="D18" s="27">
+        <v>1072705372</v>
+      </c>
+      <c r="E18" s="24">
+        <v>37812</v>
+      </c>
+      <c r="F18" s="17">
+        <v>3014395082</v>
+      </c>
+      <c r="G18" s="22" t="s">
+        <v>701</v>
+      </c>
+      <c r="H18" s="12" t="s">
+        <v>702</v>
+      </c>
+      <c r="I18" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="17" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>17</v>
+      </c>
+      <c r="B19" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" s="27">
+        <v>1037603323</v>
+      </c>
+      <c r="E19" s="24">
+        <v>26023</v>
+      </c>
+      <c r="F19" s="9">
+        <v>3006159887</v>
+      </c>
+      <c r="G19" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="I19" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K19" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5">
+        <v>18</v>
+      </c>
+      <c r="B20" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" s="26">
+        <v>43600990</v>
+      </c>
+      <c r="E20" s="23">
+        <v>12564</v>
+      </c>
+      <c r="F20" s="30" t="s">
+        <v>703</v>
+      </c>
+      <c r="G20" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="I20" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="K20" s="15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5">
+        <v>19</v>
+      </c>
+      <c r="B21" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>704</v>
+      </c>
+      <c r="D21" s="28">
+        <v>1020813995</v>
+      </c>
+      <c r="E21" s="25">
+        <v>37805</v>
+      </c>
+      <c r="F21" s="6">
+        <v>3213393963</v>
+      </c>
+      <c r="G21" s="31" t="s">
+        <v>705</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>706</v>
+      </c>
+      <c r="I21" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J21" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5">
+        <v>20</v>
+      </c>
+      <c r="B22" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>707</v>
+      </c>
+      <c r="D22" s="26">
+        <v>1057592245</v>
+      </c>
+      <c r="E22" s="23">
+        <v>40660</v>
+      </c>
+      <c r="F22" s="6">
+        <v>31008074634</v>
+      </c>
+      <c r="G22" s="22" t="s">
+        <v>708</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>709</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5">
+        <v>21</v>
+      </c>
+      <c r="B23" s="35" t="s">
+        <v>658</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>710</v>
+      </c>
+      <c r="D23" s="26">
+        <v>1049603143</v>
+      </c>
+      <c r="E23" s="23">
+        <v>14744</v>
+      </c>
+      <c r="F23" s="6">
+        <v>3123678794</v>
+      </c>
+      <c r="G23" s="22" t="s">
+        <v>711</v>
+      </c>
+      <c r="H23" s="11" t="s">
+        <v>712</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5">
+        <v>22</v>
+      </c>
+      <c r="B24" s="35" t="s">
+        <v>608</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>174</v>
+      </c>
+      <c r="D24" s="26">
+        <v>1072699784</v>
+      </c>
+      <c r="E24" s="23">
+        <v>35095</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3115984743</v>
+      </c>
+      <c r="G24" s="22" t="s">
+        <v>175</v>
+      </c>
+      <c r="H24" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A2:K23" xr:uid="{00000000-0009-0000-0000-000004000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K23">
+      <sortCondition ref="C3:C23"/>
+    </sortState>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K24">
+    <sortCondition ref="C24"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="A1:K1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="G20" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
+    <hyperlink ref="G15" r:id="rId2" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
+    <hyperlink ref="G7" r:id="rId3" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
+    <hyperlink ref="G18" r:id="rId4" xr:uid="{00000000-0004-0000-0400-000003000000}"/>
+    <hyperlink ref="G4" r:id="rId5" xr:uid="{00000000-0004-0000-0400-000004000000}"/>
+    <hyperlink ref="G5" r:id="rId6" xr:uid="{00000000-0004-0000-0400-000005000000}"/>
+    <hyperlink ref="G22" r:id="rId7" xr:uid="{00000000-0004-0000-0400-000006000000}"/>
+    <hyperlink ref="G19" r:id="rId8" xr:uid="{00000000-0004-0000-0400-000007000000}"/>
+    <hyperlink ref="G23" r:id="rId9" xr:uid="{00000000-0004-0000-0400-000008000000}"/>
+    <hyperlink ref="G16" r:id="rId10" xr:uid="{00000000-0004-0000-0400-000009000000}"/>
+    <hyperlink ref="G3" r:id="rId11" xr:uid="{00000000-0004-0000-0400-00000A000000}"/>
+    <hyperlink ref="G10" r:id="rId12" xr:uid="{00000000-0004-0000-0400-00000B000000}"/>
+    <hyperlink ref="G9" r:id="rId13" xr:uid="{00000000-0004-0000-0400-00000C000000}"/>
+    <hyperlink ref="G11" r:id="rId14" xr:uid="{00000000-0004-0000-0400-00000D000000}"/>
+    <hyperlink ref="G6" r:id="rId15" xr:uid="{00000000-0004-0000-0400-00000E000000}"/>
+    <hyperlink ref="G21" r:id="rId16" xr:uid="{00000000-0004-0000-0400-00000F000000}"/>
+    <hyperlink ref="G13" r:id="rId17" xr:uid="{00000000-0004-0000-0400-000010000000}"/>
+    <hyperlink ref="G17" r:id="rId18" xr:uid="{00000000-0004-0000-0400-000011000000}"/>
+    <hyperlink ref="G12" r:id="rId19" xr:uid="{00000000-0004-0000-0400-000012000000}"/>
+    <hyperlink ref="G8" r:id="rId20" xr:uid="{00000000-0004-0000-0400-000013000000}"/>
+    <hyperlink ref="G14" r:id="rId21" xr:uid="{00000000-0004-0000-0400-000014000000}"/>
+    <hyperlink ref="G24" r:id="rId22" xr:uid="{00000000-0004-0000-0400-000015000000}"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="5" scale="70" orientation="landscape" r:id="rId23"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <sheetPr>
+    <tabColor theme="8" tint="0.59999389629810485"/>
+  </sheetPr>
+  <dimension ref="A1:K24"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:K1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.85546875" style="21" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" style="21" customWidth="1"/>
+    <col min="3" max="3" width="32.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="29" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.140625" style="18" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30" style="19" customWidth="1"/>
+    <col min="8" max="8" width="34.7109375" style="3" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" style="18" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" style="18" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="4"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="137" t="s">
+        <v>606</v>
+      </c>
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
+    </row>
+    <row r="2" spans="1:11" s="33" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="37" t="s">
+        <v>607</v>
+      </c>
+      <c r="C2" s="38" t="s">
+        <v>602</v>
+      </c>
+      <c r="D2" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="37" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="38" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="37" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C3" s="20" t="s">
+        <v>713</v>
+      </c>
+      <c r="D3" s="26">
+        <v>1073604528</v>
+      </c>
+      <c r="E3" s="23">
+        <v>35074</v>
+      </c>
+      <c r="F3" s="6">
+        <v>3118539243</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="H3" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5">
+        <v>2</v>
+      </c>
+      <c r="B4" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>717</v>
+      </c>
+      <c r="D4" s="26">
+        <v>79944420</v>
+      </c>
+      <c r="E4" s="23">
+        <v>23615</v>
+      </c>
+      <c r="F4" s="6">
+        <v>3108195432</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>718</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>719</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5">
+        <v>3</v>
+      </c>
+      <c r="B5" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>722</v>
+      </c>
+      <c r="D5" s="26">
+        <v>1064984265</v>
+      </c>
+      <c r="E5" s="23">
+        <v>43387</v>
+      </c>
+      <c r="F5" s="6">
+        <v>3024146353</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>723</v>
+      </c>
+      <c r="H5" s="11"/>
+      <c r="I5" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>4</v>
+      </c>
+      <c r="B6" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>725</v>
+      </c>
+      <c r="D6" s="26">
+        <v>10277546</v>
+      </c>
+      <c r="E6" s="23">
+        <v>5043</v>
+      </c>
+      <c r="F6" s="6">
+        <v>3108441969</v>
+      </c>
+      <c r="G6" s="22" t="s">
+        <v>726</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>727</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5">
+        <v>5</v>
+      </c>
+      <c r="B7" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>730</v>
+      </c>
+      <c r="D7" s="26">
+        <v>1014200137</v>
+      </c>
+      <c r="E7" s="23">
+        <v>25260</v>
+      </c>
+      <c r="F7" s="6">
+        <v>3155564686</v>
+      </c>
+      <c r="G7" s="22" t="s">
+        <v>731</v>
+      </c>
+      <c r="H7" s="11" t="s">
+        <v>732</v>
+      </c>
+      <c r="I7" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5">
+        <v>6</v>
+      </c>
+      <c r="B8" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="D8" s="26">
+        <v>1110552771</v>
+      </c>
+      <c r="E8" s="23">
+        <v>36389</v>
+      </c>
+      <c r="F8" s="6">
+        <v>329657787</v>
+      </c>
+      <c r="G8" s="22" t="s">
+        <v>733</v>
+      </c>
+      <c r="H8" s="11" t="s">
+        <v>734</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5">
+        <v>7</v>
+      </c>
+      <c r="B9" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>735</v>
+      </c>
+      <c r="D9" s="26">
+        <v>1035855799</v>
+      </c>
+      <c r="E9" s="23">
+        <v>43336</v>
+      </c>
+      <c r="F9" s="6">
+        <v>3117169287</v>
+      </c>
+      <c r="G9" s="22" t="s">
+        <v>736</v>
+      </c>
+      <c r="H9" s="11" t="s">
+        <v>737</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5">
+        <v>8</v>
+      </c>
+      <c r="B10" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="D10" s="26">
+        <v>1102876149</v>
+      </c>
+      <c r="E10" s="23">
+        <v>43387</v>
+      </c>
+      <c r="F10" s="6">
+        <v>3178178094</v>
+      </c>
+      <c r="G10" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5">
+        <v>9</v>
+      </c>
+      <c r="B11" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>739</v>
+      </c>
+      <c r="D11" s="26">
+        <v>12987415</v>
+      </c>
+      <c r="E11" s="23">
+        <v>1422</v>
+      </c>
+      <c r="F11" s="6">
+        <v>3173508204</v>
+      </c>
+      <c r="G11" s="22" t="s">
+        <v>740</v>
+      </c>
+      <c r="H11" s="11" t="s">
+        <v>741</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5">
+        <v>10</v>
+      </c>
+      <c r="B12" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>172</v>
+      </c>
+      <c r="D12" s="26">
+        <v>6774769</v>
+      </c>
+      <c r="E12" s="23">
+        <v>8824</v>
+      </c>
+      <c r="F12" s="6">
+        <v>3122795569</v>
+      </c>
+      <c r="G12" s="22" t="s">
+        <v>173</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>11</v>
+      </c>
+      <c r="B13" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>744</v>
+      </c>
+      <c r="D13" s="26">
+        <v>1110534064</v>
+      </c>
+      <c r="E13" s="23">
+        <v>36377</v>
+      </c>
+      <c r="F13" s="6">
+        <v>3143091912</v>
+      </c>
+      <c r="G13" s="22" t="s">
+        <v>745</v>
+      </c>
+      <c r="H13" s="11" t="s">
+        <v>746</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5">
+        <v>12</v>
+      </c>
+      <c r="B14" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D14" s="26">
+        <v>43579554</v>
+      </c>
+      <c r="E14" s="23">
+        <v>6738</v>
+      </c>
+      <c r="F14" s="6">
+        <v>3104159347</v>
+      </c>
+      <c r="G14" s="22" t="s">
+        <v>747</v>
+      </c>
+      <c r="H14" s="11" t="s">
+        <v>748</v>
+      </c>
+      <c r="I14" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5">
+        <v>13</v>
+      </c>
+      <c r="B15" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>749</v>
+      </c>
+      <c r="D15" s="26">
+        <v>74376426</v>
+      </c>
+      <c r="E15" s="23">
+        <v>16359</v>
+      </c>
+      <c r="F15" s="6">
+        <v>3164928201</v>
+      </c>
+      <c r="G15" s="22" t="s">
+        <v>750</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>167</v>
+      </c>
+      <c r="D16" s="26">
+        <v>40030197</v>
+      </c>
+      <c r="E16" s="23">
+        <v>4110</v>
+      </c>
+      <c r="F16" s="6">
+        <v>3112356026</v>
+      </c>
+      <c r="G16" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="H16" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5">
+        <v>15</v>
+      </c>
+      <c r="B17" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>752</v>
+      </c>
+      <c r="D17" s="26">
+        <v>1053809135</v>
+      </c>
+      <c r="E17" s="23">
+        <v>37658</v>
+      </c>
+      <c r="F17" s="6">
+        <v>3168112778</v>
+      </c>
+      <c r="G17" s="22" t="s">
+        <v>753</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
+        <v>16</v>
+      </c>
+      <c r="B18" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>755</v>
+      </c>
+      <c r="D18" s="26">
+        <v>1053839079</v>
+      </c>
+      <c r="E18" s="23">
+        <v>37121</v>
+      </c>
+      <c r="F18" s="6">
+        <v>3145839115</v>
+      </c>
+      <c r="G18" s="22" t="s">
+        <v>756</v>
+      </c>
+      <c r="H18" s="11" t="s">
+        <v>757</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>17</v>
+      </c>
+      <c r="B19" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>758</v>
+      </c>
+      <c r="D19" s="26">
+        <v>1115078894</v>
+      </c>
+      <c r="E19" s="23">
+        <v>42726</v>
+      </c>
+      <c r="F19" s="6">
+        <v>3186044716</v>
+      </c>
+      <c r="G19" s="22" t="s">
+        <v>759</v>
+      </c>
+      <c r="H19" s="11" t="s">
+        <v>760</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5">
+        <v>18</v>
+      </c>
+      <c r="B20" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>762</v>
+      </c>
+      <c r="D20" s="26">
+        <v>1144089216</v>
+      </c>
+      <c r="E20" s="23">
+        <v>44350</v>
+      </c>
+      <c r="F20" s="6">
+        <v>3232030188</v>
+      </c>
+      <c r="G20" s="22" t="s">
+        <v>763</v>
+      </c>
+      <c r="H20" s="11" t="s">
+        <v>764</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5">
+        <v>19</v>
+      </c>
+      <c r="B21" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>767</v>
+      </c>
+      <c r="D21" s="26">
+        <v>13616080</v>
+      </c>
+      <c r="E21" s="23">
+        <v>4210</v>
+      </c>
+      <c r="F21" s="6">
+        <v>3203914317</v>
+      </c>
+      <c r="G21" s="22" t="s">
+        <v>768</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>769</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5">
+        <v>20</v>
+      </c>
+      <c r="B22" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>771</v>
+      </c>
+      <c r="D22" s="26">
+        <v>7179335</v>
+      </c>
+      <c r="E22" s="23">
+        <v>24475</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="G22" s="22" t="s">
+        <v>773</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>774</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5">
+        <v>21</v>
+      </c>
+      <c r="B23" s="34" t="s">
+        <v>611</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="26">
+        <v>1039455818</v>
+      </c>
+      <c r="E23" s="23">
+        <v>44051</v>
+      </c>
+      <c r="F23" s="6">
+        <v>3184322435</v>
+      </c>
+      <c r="G23" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="H23" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5">
+        <v>22</v>
+      </c>
+      <c r="B24" s="34" t="s">
+        <v>658</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>775</v>
+      </c>
+      <c r="D24" s="26">
+        <v>1052020240</v>
+      </c>
+      <c r="E24" s="23">
+        <v>28948</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3133349669</v>
+      </c>
+      <c r="G24" s="22" t="s">
+        <v>776</v>
+      </c>
+      <c r="H24" s="11" t="s">
+        <v>777</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A2:K24" xr:uid="{00000000-0009-0000-0000-000005000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:K24">
+      <sortCondition ref="C3:C24"/>
+    </sortState>
+  </autoFilter>
+  <mergeCells count="1">
+    <mergeCell ref="A1:K1"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="G3" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
+    <hyperlink ref="G19" r:id="rId2" xr:uid="{00000000-0004-0000-0500-000001000000}"/>
+    <hyperlink ref="G15" r:id="rId3" xr:uid="{00000000-0004-0000-0500-000002000000}"/>
+    <hyperlink ref="G17" r:id="rId4" xr:uid="{00000000-0004-0000-0500-000003000000}"/>
+    <hyperlink ref="G23" r:id="rId5" xr:uid="{00000000-0004-0000-0500-000004000000}"/>
+    <hyperlink ref="G8" r:id="rId6" xr:uid="{00000000-0004-0000-0500-000005000000}"/>
+    <hyperlink ref="G20" r:id="rId7" xr:uid="{00000000-0004-0000-0500-000006000000}"/>
+    <hyperlink ref="G4" r:id="rId8" xr:uid="{00000000-0004-0000-0500-000007000000}"/>
+    <hyperlink ref="G11" r:id="rId9" xr:uid="{00000000-0004-0000-0500-000008000000}"/>
+    <hyperlink ref="G14" r:id="rId10" xr:uid="{00000000-0004-0000-0500-000009000000}"/>
+    <hyperlink ref="G22" r:id="rId11" xr:uid="{00000000-0004-0000-0500-00000A000000}"/>
+    <hyperlink ref="G6" r:id="rId12" xr:uid="{00000000-0004-0000-0500-00000B000000}"/>
+    <hyperlink ref="G12" r:id="rId13" xr:uid="{00000000-0004-0000-0500-00000C000000}"/>
+    <hyperlink ref="G5" r:id="rId14" xr:uid="{00000000-0004-0000-0500-00000D000000}"/>
+    <hyperlink ref="G10" r:id="rId15" xr:uid="{00000000-0004-0000-0500-00000E000000}"/>
+    <hyperlink ref="G7" r:id="rId16" xr:uid="{00000000-0004-0000-0500-00000F000000}"/>
+    <hyperlink ref="G13" r:id="rId17" xr:uid="{00000000-0004-0000-0500-000010000000}"/>
+    <hyperlink ref="G18" r:id="rId18" xr:uid="{00000000-0004-0000-0500-000011000000}"/>
+    <hyperlink ref="G16" r:id="rId19" xr:uid="{00000000-0004-0000-0500-000012000000}"/>
+    <hyperlink ref="G21" r:id="rId20" xr:uid="{00000000-0004-0000-0500-000013000000}"/>
+    <hyperlink ref="G9" r:id="rId21" xr:uid="{00000000-0004-0000-0500-000014000000}"/>
+    <hyperlink ref="G24" r:id="rId22" xr:uid="{00000000-0004-0000-0500-000015000000}"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="5" scale="70" orientation="landscape" r:id="rId23"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Rangos con nombre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>MZ_MZ HABILITADOS LSE</vt:lpstr>
+      <vt:lpstr>2023</vt:lpstr>
+      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>GRUPO 1</vt:lpstr>
+      <vt:lpstr>GRUPO 2</vt:lpstr>
+      <vt:lpstr>GRUPO 3</vt:lpstr>
+      <vt:lpstr>'GRUPO 1'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'GRUPO 2'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'GRUPO 3'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'GRUPO 1'!Títulos_a_imprimir</vt:lpstr>
+      <vt:lpstr>'GRUPO 2'!Títulos_a_imprimir</vt:lpstr>
+      <vt:lpstr>'GRUPO 3'!Títulos_a_imprimir</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
-  <Company/>
+  <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Diana Patricia Dallos Rodriguez</dc:creator>
+  <dc:creator>PAOLA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>